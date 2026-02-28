--- v0 (2025-10-14)
+++ v1 (2026-02-28)
@@ -12,221 +12,200 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>fecha</t>
   </si>
   <si>
     <t>nombre</t>
   </si>
   <si>
     <t>puesto</t>
   </si>
   <si>
     <t>actividad</t>
   </si>
   <si>
     <t>organo_autoriza</t>
   </si>
   <si>
     <t>documento_pdf_id</t>
   </si>
   <si>
     <t>documento_open_id</t>
   </si>
   <si>
+    <t>16-09-2025</t>
+  </si>
+  <si>
+    <t>Juan Maria Rivas Cervera</t>
+  </si>
+  <si>
+    <t>TAE superior economista</t>
+  </si>
+  <si>
+    <t>Economista</t>
+  </si>
+  <si>
+    <t>Consell de Mallorca</t>
+  </si>
+  <si>
+    <t>05-06-2025</t>
+  </si>
+  <si>
+    <t>Julene Valdés Beitia</t>
+  </si>
+  <si>
+    <t>Cap de gabinet Vicepresidència</t>
+  </si>
+  <si>
+    <t>Comerç electrònic</t>
+  </si>
+  <si>
     <t>10-02-2025</t>
   </si>
   <si>
     <t>Joana Maria Servera Martínez</t>
   </si>
   <si>
-    <t>Cap Advocacia</t>
-[...11 lines deleted...]
-    <t>Antònia Oliver Ramírez</t>
+    <t>Cap d'advocacia</t>
+  </si>
+  <si>
+    <t>Professor associat universitari</t>
+  </si>
+  <si>
+    <t>18-11-2024</t>
+  </si>
+  <si>
+    <t>Silvia Lia Castelló Roberts</t>
+  </si>
+  <si>
+    <t>Arquitecta superior</t>
+  </si>
+  <si>
+    <t>Arquitecta</t>
+  </si>
+  <si>
+    <t>01-10-2024</t>
+  </si>
+  <si>
+    <t>Bruno Fernandez Cladera</t>
+  </si>
+  <si>
+    <t>Coordinador de suport pedagògic</t>
+  </si>
+  <si>
+    <t>20-09-2024</t>
+  </si>
+  <si>
+    <t>Ricardo del Río López</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bomber conductor </t>
+  </si>
+  <si>
+    <t>09-09-2024</t>
+  </si>
+  <si>
+    <t>Juan Maria Rius Gibert</t>
+  </si>
+  <si>
+    <t>Enginyer de construcció</t>
+  </si>
+  <si>
+    <t>13-09-2023</t>
+  </si>
+  <si>
+    <t>Teodora de la Osa Pascual</t>
+  </si>
+  <si>
+    <t>Tècnica sup. Formació</t>
+  </si>
+  <si>
+    <t>Gabinet pedagògic</t>
+  </si>
+  <si>
+    <t>17-10-2022</t>
+  </si>
+  <si>
+    <t>Antoni Miquel Oliver Gelabert</t>
+  </si>
+  <si>
+    <t>Auditor seg. Viària</t>
+  </si>
+  <si>
+    <t>Farmacèutic</t>
+  </si>
+  <si>
+    <t>01-07-2022</t>
+  </si>
+  <si>
+    <t>M. Antonia Manresa Adrover</t>
   </si>
   <si>
     <t>Aux. Adm. General</t>
   </si>
   <si>
-    <t>Monitora de ball</t>
-[...106 lines deleted...]
-  <si>
     <t>Agent immobiliari</t>
   </si>
   <si>
     <t>07-02-2022</t>
   </si>
   <si>
     <t>Jaime Garcias Fullana</t>
   </si>
   <si>
     <t>Tècnic bomber</t>
   </si>
   <si>
-    <t>Engyineria</t>
+    <t>Enginyeria</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -561,369 +540,329 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z14"/>
+  <dimension ref="A1:Z12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="35" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="202" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="18" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="37" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="19" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="21" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="2"/>
       <c r="U1" s="2"/>
       <c r="V1" s="2"/>
       <c r="W1" s="2"/>
       <c r="X1" s="2"/>
       <c r="Y1" s="2"/>
       <c r="Z1" s="2"/>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="1">
-        <v>254</v>
+        <v>387</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2" t="s">
         <v>9</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="1">
-        <v>244</v>
+        <v>386</v>
       </c>
       <c r="B3" t="s">
         <v>13</v>
       </c>
       <c r="C3" t="s">
         <v>14</v>
       </c>
       <c r="D3" t="s">
         <v>15</v>
       </c>
       <c r="E3" t="s">
         <v>16</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="1">
-        <v>225</v>
+        <v>390</v>
       </c>
       <c r="B4" t="s">
         <v>17</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="1">
-        <v>220</v>
+        <v>384</v>
       </c>
       <c r="B5" t="s">
         <v>21</v>
       </c>
       <c r="C5" t="s">
         <v>22</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="1">
-        <v>227</v>
+        <v>388</v>
       </c>
       <c r="B6" t="s">
         <v>25</v>
       </c>
       <c r="C6" t="s">
         <v>26</v>
       </c>
       <c r="D6" t="s">
         <v>27</v>
       </c>
       <c r="E6" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="1">
-        <v>245</v>
+        <v>389</v>
       </c>
       <c r="B7" t="s">
+        <v>28</v>
+      </c>
+      <c r="C7" t="s">
         <v>29</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>30</v>
       </c>
-      <c r="D7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E7" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="1">
-        <v>224</v>
+        <v>385</v>
       </c>
       <c r="B8" t="s">
+        <v>31</v>
+      </c>
+      <c r="C8" t="s">
         <v>32</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>33</v>
       </c>
-      <c r="D8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E8" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="1">
-        <v>219</v>
+        <v>383</v>
       </c>
       <c r="B9" t="s">
+        <v>34</v>
+      </c>
+      <c r="C9" t="s">
         <v>35</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="E9" t="s">
         <v>37</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="1">
-        <v>214</v>
+        <v>382</v>
       </c>
       <c r="B10" t="s">
         <v>38</v>
       </c>
       <c r="C10" t="s">
         <v>39</v>
       </c>
       <c r="D10" t="s">
         <v>40</v>
       </c>
       <c r="E10" t="s">
         <v>41</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="1">
-        <v>218</v>
+        <v>381</v>
       </c>
       <c r="B11" t="s">
         <v>42</v>
       </c>
       <c r="C11" t="s">
         <v>43</v>
       </c>
       <c r="D11" t="s">
         <v>44</v>
       </c>
       <c r="E11" t="s">
         <v>45</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="1">
-        <v>217</v>
+        <v>380</v>
       </c>
       <c r="B12" t="s">
         <v>46</v>
       </c>
       <c r="C12" t="s">
         <v>47</v>
       </c>
       <c r="D12" t="s">
         <v>48</v>
       </c>
       <c r="E12" t="s">
         <v>49</v>
       </c>
       <c r="F12" t="s">
-        <v>12</v>
-[...38 lines deleted...]
-      <c r="F14" t="s">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>