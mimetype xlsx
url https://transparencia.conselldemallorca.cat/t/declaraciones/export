--- v0 (2025-10-14)
+++ v1 (2026-01-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="349">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="351">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>ano</t>
   </si>
   <si>
     <t>tipo_de_declaracion</t>
   </si>
   <si>
     <t>legislatura</t>
   </si>
   <si>
     <t>documento</t>
   </si>
   <si>
     <t>declarante_aso</t>
   </si>
   <si>
     <t>Bienes y Actividades (modificación)</t>
   </si>
   <si>
     <t>2023-2027</t>
   </si>
   <si>
@@ -194,50 +194,56 @@
   <si>
     <t>Magdalena Vives Fernández</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1696415189Magdalena Vives Fernández dec modif.pdf</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1696415212Margarita Serra Cabanellas DEC.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">Margarita Serra Cabanellas </t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1696415264Maria Antonia Truyols Marti dec.pdf</t>
   </si>
   <si>
     <t>Maria Antònia Truyols Martí</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1696415327Sofía Alonso Bigler dec.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">Sofía Alonso Bigler </t>
   </si>
   <si>
+    <t>https://transparencia.conselldemallorca.cat/storage/uploads/1768221803b5545049-1cf5-49ec-b52f-577e341fdb4d.pdf</t>
+  </si>
+  <si>
+    <t>Guillem Ginard Sala</t>
+  </si>
+  <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1696415373María Magdalena Garcia Gual dec.pdf</t>
   </si>
   <si>
     <t>María Magdalena García Gual</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1696415434Maria Nuria Riera Martos dec.pdf</t>
   </si>
   <si>
     <t>María Nuria Riera Martos</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1696415465Maria Paz Pérez Barceló dec.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">María Paz Pérez Barceló </t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1696415475Maria Paz Pérez Barceló dec Modifica model 12402.pdf</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1696415500Montserrat Amat Ortega dec.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">Montserrat Amat Ortega </t>
@@ -290,53 +296,50 @@
   <si>
     <t>Llorenç Galmés Verger</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1696422496Pedro Bestard Martinez - CESE .pdf</t>
   </si>
   <si>
     <t>Pedro Bestard Martínez</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1696422509Raquel Sánchez Collados - CESE .pdf</t>
   </si>
   <si>
     <t>Raquel Sánchez Collados</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1697541431FERNANDO RUBIO AGUILO dec.pdf</t>
   </si>
   <si>
     <t>Fernando Rubio Aguiló</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1697541484JOSE MARCIAL RODRIGUEZ DIAZdec.pdf</t>
   </si>
   <si>
-    <t xml:space="preserve">José Marcial Rodríguez Díaz </t>
-[...1 lines deleted...]
-  <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1697541522MARIA DEL PILAR AMATE ROTGERdec.pdf</t>
   </si>
   <si>
     <t>María del Pilar Amate Rotger</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1710504637f909aaae-80d4-4e5a-bf28-d7a60f22fe76.pdf</t>
   </si>
   <si>
     <t>Antònia Maria Portell Salas</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/171050494092de37f9-fc70-459f-82de-792e00aac971.pdf</t>
   </si>
   <si>
     <t>Maria Garrido Pascual</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/171075497094f4a7db-21bb-4494-b697-40b67726d668.pdf</t>
   </si>
   <si>
     <t>Bartomeu Caldés Quetglas</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1710755299a0866028-844e-4854-a6f6-24db5b6fe279.pdf</t>
@@ -395,50 +398,53 @@
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1696415025Joan Ferrer Ripoll irpf 22.pdf</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1696415053Joan Llodrà Gayà irpf 22.pdf</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1696415079Juana Maria Adrover Moyano irpf 22.pdf</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1696415144Llorenç Galmés Verger IRPF 2022.pdf</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1696415201Magdalena Vives Fernández irpf 22.pdf</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1696415227Margarita Serra Cabanellas IRPF 2022.pdf</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1696415281Maria Antonia Truyols Marti irpf 22.pdf</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1696415301Sofía Alonso Bigler irpf 22.pdf</t>
   </si>
   <si>
+    <t>https://transparencia.conselldemallorca.cat/storage/uploads/1768221854746d8c00-e32e-443e-a27f-57ee5c2c85d6.pdf</t>
+  </si>
+  <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1696415384María Magdalena Garcia Gual irpf 2022.pdf</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1696415449Maria Nuria Riera Martos IRPF 2022.pdf</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1696415489Maria Paz Pérez Barceló irpf 22.pdf</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1696415513Montserrat Amat Ortega irpf 22.pdf</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1696415668Rosa Cursach Salas irpf 22.pdf</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1696422518Sofía Alonso Bigler - CESE .pdf</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1697541452FERNANDO RUBIO AGUILO 22.pdf</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1759140467Jose-Marcial-RPF-2022.pdf</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1697541544MARIA DEL PILAR AMATE ROTGER22.pdf</t>
@@ -449,50 +455,53 @@
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/171075532284250cb2-8628-406f-bffe-42b8a3004e04.pdf</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1696413553Pedro Bestard Martinez irpf 22.pdf</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1696413597Andreu Serra Martínez irpf 22.pdf</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1666857806_44.Silvana.pdf</t>
   </si>
   <si>
     <t>Silvana González San Martín</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1666857807_104.ColomMartinez.pdf</t>
   </si>
   <si>
     <t>Josep Lluís Colom Martínez</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1666863577_113.llorengalmsverger.pdf</t>
   </si>
   <si>
+    <t>https://transparencia.conselldemallorca.cat/storage/uploads/1768221834dacd5f05-8799-494a-a7e7-2ea036f0d6fe.pdf</t>
+  </si>
+  <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1666863577_1123.jeronisalommunar.pdf</t>
   </si>
   <si>
     <t>Jeroni Salom Munar</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1666863578_1143.mauricioroviradeals.pdf</t>
   </si>
   <si>
     <t>Mauricio Rovira De Alós</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1666863578_1153.catalinacireradrover.pdf</t>
   </si>
   <si>
     <t>Catalina Cirer Adrover</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1666863578_1173.isabelmariabusquetshidalgo.pdf</t>
   </si>
   <si>
     <t>Isabel Maria Busquets Hidalgo</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1666863578_1183.guillembalboabuika.pdf</t>
@@ -681,53 +690,50 @@
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1666857806_62.Lorenaoliver.pdf</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1666857806_63.Lorenaoliver.pdf</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1666857807_65.Lorenaoliver.pdf</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1666857807_72.AndreuSerra.pdf</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1666857807_73.AndreuSerra.pdf</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1666857807_75.AndreuSerra.pdf</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1666857807_82.GarciaRoig.pdf</t>
   </si>
   <si>
     <t>Maria Antònia Garcías Roig</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1666857807_83.GarciaRoig.pdf</t>
-  </si>
-[...1 lines deleted...]
-    <t>https://transparencia.conselldemallorca.cat/storage/uploads/1666857807_84.GarciaRoig.pdf</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1666857807_92.Pascuet.pdf</t>
   </si>
   <si>
     <t>Javier Pascuet De La Riva</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1666857807_93.Pascuet.pdf</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1666857807_94.Pascuet.pdf</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1666857807_102.ColomMartinez.pdf</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1666857807_103.ColomMartinez.pdf</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1666857807_107.ColomMartinez.pdf</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1666863577_111.llorengalmsverger.pdf</t>
   </si>
@@ -1437,59 +1443,59 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z271"/>
+  <dimension ref="A1:Z274"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="4" bestFit="true" customWidth="true" style="1"/>
+    <col min="1" max="1" width="5" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="5" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="148" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
@@ -2055,4886 +2061,4940 @@
         <v>57</v>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="1">
         <v>558</v>
       </c>
       <c r="B29">
         <v>2023</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
         <v>7</v>
       </c>
       <c r="E29" t="s">
         <v>58</v>
       </c>
       <c r="F29" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="1">
-        <v>561</v>
+        <v>1071</v>
       </c>
       <c r="B30">
         <v>2023</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
         <v>7</v>
       </c>
       <c r="E30" t="s">
         <v>60</v>
       </c>
       <c r="F30" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="1">
-        <v>563</v>
+        <v>561</v>
       </c>
       <c r="B31">
         <v>2023</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
         <v>7</v>
       </c>
       <c r="E31" t="s">
         <v>62</v>
       </c>
       <c r="F31" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="1">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="B32">
         <v>2023</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
         <v>7</v>
       </c>
       <c r="E32" t="s">
         <v>64</v>
       </c>
       <c r="F32" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="1">
-        <v>566</v>
+        <v>565</v>
       </c>
       <c r="B33">
         <v>2023</v>
       </c>
       <c r="C33" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D33" t="s">
         <v>7</v>
       </c>
       <c r="E33" t="s">
         <v>66</v>
       </c>
       <c r="F33" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="1">
-        <v>568</v>
+        <v>566</v>
       </c>
       <c r="B34">
         <v>2023</v>
       </c>
       <c r="C34" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="D34" t="s">
         <v>7</v>
       </c>
       <c r="E34" t="s">
+        <v>68</v>
+      </c>
+      <c r="F34" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="1">
-        <v>570</v>
+        <v>568</v>
       </c>
       <c r="B35">
         <v>2023</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
         <v>7</v>
       </c>
       <c r="E35" t="s">
         <v>69</v>
       </c>
       <c r="F35" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="1">
-        <v>571</v>
+        <v>570</v>
       </c>
       <c r="B36">
         <v>2023</v>
       </c>
       <c r="C36" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D36" t="s">
         <v>7</v>
       </c>
       <c r="E36" t="s">
         <v>71</v>
       </c>
       <c r="F36" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="1">
-        <v>575</v>
+        <v>571</v>
       </c>
       <c r="B37">
         <v>2023</v>
       </c>
       <c r="C37" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="D37" t="s">
         <v>7</v>
       </c>
       <c r="E37" t="s">
+        <v>73</v>
+      </c>
+      <c r="F37" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="1">
-        <v>576</v>
+        <v>575</v>
       </c>
       <c r="B38">
         <v>2023</v>
       </c>
       <c r="C38" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D38" t="s">
         <v>7</v>
       </c>
       <c r="E38" t="s">
         <v>74</v>
       </c>
       <c r="F38" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="1">
-        <v>578</v>
+        <v>576</v>
       </c>
       <c r="B39">
         <v>2023</v>
       </c>
       <c r="C39" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="D39" t="s">
-        <v>75</v>
+        <v>7</v>
       </c>
       <c r="E39" t="s">
         <v>76</v>
       </c>
       <c r="F39" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="1">
-        <v>579</v>
+        <v>578</v>
       </c>
       <c r="B40">
         <v>2023</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E40" t="s">
         <v>78</v>
       </c>
       <c r="F40" t="s">
-        <v>27</v>
+        <v>79</v>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="1">
-        <v>580</v>
+        <v>579</v>
       </c>
       <c r="B41">
         <v>2023</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E41" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="F41" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" s="1">
-        <v>581</v>
+        <v>580</v>
       </c>
       <c r="B42">
         <v>2023</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E42" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F42" t="s">
-        <v>81</v>
+        <v>31</v>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" s="1">
-        <v>582</v>
+        <v>581</v>
       </c>
       <c r="B43">
         <v>2023</v>
       </c>
       <c r="C43" t="s">
         <v>20</v>
       </c>
       <c r="D43" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E43" t="s">
         <v>82</v>
       </c>
       <c r="F43" t="s">
-        <v>46</v>
+        <v>83</v>
       </c>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" s="1">
-        <v>583</v>
+        <v>582</v>
       </c>
       <c r="B44">
         <v>2023</v>
       </c>
       <c r="C44" t="s">
         <v>20</v>
       </c>
       <c r="D44" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E44" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F44" t="s">
-        <v>84</v>
+        <v>46</v>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" s="1">
-        <v>584</v>
+        <v>583</v>
       </c>
       <c r="B45">
         <v>2023</v>
       </c>
       <c r="C45" t="s">
         <v>20</v>
       </c>
       <c r="D45" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E45" t="s">
         <v>85</v>
       </c>
       <c r="F45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" s="1">
-        <v>585</v>
+        <v>584</v>
       </c>
       <c r="B46">
         <v>2023</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E46" t="s">
         <v>87</v>
       </c>
       <c r="F46" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="47" spans="1:26">
       <c r="A47" s="1">
-        <v>590</v>
+        <v>585</v>
       </c>
       <c r="B47">
         <v>2023</v>
       </c>
       <c r="C47" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="D47" t="s">
-        <v>7</v>
+        <v>77</v>
       </c>
       <c r="E47" t="s">
         <v>89</v>
       </c>
       <c r="F47" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" s="1">
-        <v>592</v>
+        <v>590</v>
       </c>
       <c r="B48">
         <v>2023</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
         <v>7</v>
       </c>
       <c r="E48" t="s">
         <v>91</v>
       </c>
       <c r="F48" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="49" spans="1:26">
       <c r="A49" s="1">
-        <v>594</v>
+        <v>592</v>
       </c>
       <c r="B49">
         <v>2023</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
         <v>7</v>
       </c>
       <c r="E49" t="s">
         <v>93</v>
       </c>
-      <c r="F49" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="50" spans="1:26">
       <c r="A50" s="1">
-        <v>752</v>
+        <v>594</v>
       </c>
       <c r="B50">
         <v>2023</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
         <v>7</v>
       </c>
       <c r="E50" t="s">
+        <v>94</v>
+      </c>
+      <c r="F50" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="51" spans="1:26">
       <c r="A51" s="1">
-        <v>753</v>
+        <v>752</v>
       </c>
       <c r="B51">
         <v>2023</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
         <v>7</v>
       </c>
       <c r="E51" t="s">
+        <v>96</v>
+      </c>
+      <c r="F51" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="52" spans="1:26">
       <c r="A52" s="1">
-        <v>754</v>
+        <v>753</v>
       </c>
       <c r="B52">
         <v>2023</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
         <v>7</v>
       </c>
       <c r="E52" t="s">
+        <v>98</v>
+      </c>
+      <c r="F52" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="53" spans="1:26">
       <c r="A53" s="1">
-        <v>756</v>
+        <v>754</v>
       </c>
       <c r="B53">
         <v>2023</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
         <v>7</v>
       </c>
       <c r="E53" t="s">
+        <v>100</v>
+      </c>
+      <c r="F53" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="54" spans="1:26">
       <c r="A54" s="1">
-        <v>507</v>
+        <v>756</v>
       </c>
       <c r="B54">
         <v>2023</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
         <v>7</v>
       </c>
       <c r="E54" t="s">
+        <v>102</v>
+      </c>
+      <c r="F54" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="55" spans="1:26">
       <c r="A55" s="1">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B55">
         <v>2023</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
         <v>7</v>
       </c>
       <c r="E55" t="s">
+        <v>104</v>
+      </c>
+      <c r="F55" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="56" spans="1:26">
       <c r="A56" s="1">
-        <v>511</v>
+        <v>509</v>
       </c>
       <c r="B56">
         <v>2023</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
         <v>7</v>
       </c>
       <c r="E56" t="s">
+        <v>106</v>
+      </c>
+      <c r="F56" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="57" spans="1:26">
       <c r="A57" s="1">
-        <v>513</v>
+        <v>511</v>
       </c>
       <c r="B57">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C57" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="D57" t="s">
         <v>7</v>
       </c>
       <c r="E57" t="s">
         <v>108</v>
       </c>
       <c r="F57" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="58" spans="1:26">
       <c r="A58" s="1">
-        <v>517</v>
+        <v>513</v>
       </c>
       <c r="B58">
         <v>2022</v>
       </c>
       <c r="C58" t="s">
         <v>13</v>
       </c>
       <c r="D58" t="s">
         <v>7</v>
       </c>
       <c r="E58" t="s">
         <v>109</v>
       </c>
       <c r="F58" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="59" spans="1:26">
       <c r="A59" s="1">
-        <v>520</v>
+        <v>517</v>
       </c>
       <c r="B59">
         <v>2022</v>
       </c>
       <c r="C59" t="s">
         <v>13</v>
       </c>
       <c r="D59" t="s">
         <v>7</v>
       </c>
       <c r="E59" t="s">
         <v>110</v>
       </c>
       <c r="F59" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="60" spans="1:26">
       <c r="A60" s="1">
-        <v>523</v>
+        <v>520</v>
       </c>
       <c r="B60">
         <v>2022</v>
       </c>
       <c r="C60" t="s">
         <v>13</v>
       </c>
       <c r="D60" t="s">
         <v>7</v>
       </c>
       <c r="E60" t="s">
         <v>111</v>
       </c>
       <c r="F60" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="61" spans="1:26">
       <c r="A61" s="1">
-        <v>525</v>
+        <v>523</v>
       </c>
       <c r="B61">
         <v>2022</v>
       </c>
       <c r="C61" t="s">
         <v>13</v>
       </c>
       <c r="D61" t="s">
         <v>7</v>
       </c>
       <c r="E61" t="s">
         <v>112</v>
       </c>
       <c r="F61" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
     </row>
     <row r="62" spans="1:26">
       <c r="A62" s="1">
-        <v>527</v>
+        <v>525</v>
       </c>
       <c r="B62">
         <v>2022</v>
       </c>
       <c r="C62" t="s">
         <v>13</v>
       </c>
       <c r="D62" t="s">
         <v>7</v>
       </c>
       <c r="E62" t="s">
         <v>113</v>
       </c>
       <c r="F62" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
     </row>
     <row r="63" spans="1:26">
       <c r="A63" s="1">
-        <v>529</v>
+        <v>527</v>
       </c>
       <c r="B63">
         <v>2022</v>
       </c>
       <c r="C63" t="s">
         <v>13</v>
       </c>
       <c r="D63" t="s">
         <v>7</v>
       </c>
       <c r="E63" t="s">
         <v>114</v>
       </c>
       <c r="F63" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" s="1">
-        <v>531</v>
+        <v>529</v>
       </c>
       <c r="B64">
         <v>2022</v>
       </c>
       <c r="C64" t="s">
         <v>13</v>
       </c>
       <c r="D64" t="s">
         <v>7</v>
       </c>
       <c r="E64" t="s">
         <v>115</v>
       </c>
       <c r="F64" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
     </row>
     <row r="65" spans="1:26">
       <c r="A65" s="1">
-        <v>533</v>
+        <v>531</v>
       </c>
       <c r="B65">
         <v>2022</v>
       </c>
       <c r="C65" t="s">
         <v>13</v>
       </c>
       <c r="D65" t="s">
         <v>7</v>
       </c>
       <c r="E65" t="s">
         <v>116</v>
       </c>
       <c r="F65" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
     </row>
     <row r="66" spans="1:26">
       <c r="A66" s="1">
-        <v>536</v>
+        <v>533</v>
       </c>
       <c r="B66">
         <v>2022</v>
       </c>
       <c r="C66" t="s">
         <v>13</v>
       </c>
       <c r="D66" t="s">
         <v>7</v>
       </c>
       <c r="E66" t="s">
         <v>117</v>
       </c>
       <c r="F66" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="67" spans="1:26">
       <c r="A67" s="1">
-        <v>539</v>
+        <v>536</v>
       </c>
       <c r="B67">
         <v>2022</v>
       </c>
       <c r="C67" t="s">
         <v>13</v>
       </c>
       <c r="D67" t="s">
         <v>7</v>
       </c>
       <c r="E67" t="s">
         <v>118</v>
       </c>
       <c r="F67" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
     </row>
     <row r="68" spans="1:26">
       <c r="A68" s="1">
-        <v>543</v>
+        <v>539</v>
       </c>
       <c r="B68">
         <v>2022</v>
       </c>
       <c r="C68" t="s">
         <v>13</v>
       </c>
       <c r="D68" t="s">
         <v>7</v>
       </c>
       <c r="E68" t="s">
         <v>119</v>
       </c>
       <c r="F68" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
     </row>
     <row r="69" spans="1:26">
       <c r="A69" s="1">
-        <v>545</v>
+        <v>543</v>
       </c>
       <c r="B69">
         <v>2022</v>
       </c>
       <c r="C69" t="s">
         <v>13</v>
       </c>
       <c r="D69" t="s">
         <v>7</v>
       </c>
       <c r="E69" t="s">
         <v>120</v>
       </c>
       <c r="F69" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
     </row>
     <row r="70" spans="1:26">
       <c r="A70" s="1">
-        <v>547</v>
+        <v>545</v>
       </c>
       <c r="B70">
         <v>2022</v>
       </c>
       <c r="C70" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="D70" t="s">
         <v>7</v>
       </c>
       <c r="E70" t="s">
         <v>121</v>
       </c>
       <c r="F70" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
     </row>
     <row r="71" spans="1:26">
       <c r="A71" s="1">
-        <v>549</v>
+        <v>547</v>
       </c>
       <c r="B71">
         <v>2022</v>
       </c>
       <c r="C71" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="D71" t="s">
         <v>7</v>
       </c>
       <c r="E71" t="s">
         <v>122</v>
       </c>
       <c r="F71" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
     </row>
     <row r="72" spans="1:26">
       <c r="A72" s="1">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="B72">
         <v>2022</v>
       </c>
       <c r="C72" t="s">
         <v>13</v>
       </c>
       <c r="D72" t="s">
         <v>7</v>
       </c>
       <c r="E72" t="s">
         <v>123</v>
       </c>
       <c r="F72" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
     </row>
     <row r="73" spans="1:26">
       <c r="A73" s="1">
-        <v>554</v>
+        <v>552</v>
       </c>
       <c r="B73">
         <v>2022</v>
       </c>
       <c r="C73" t="s">
         <v>13</v>
       </c>
       <c r="D73" t="s">
         <v>7</v>
       </c>
       <c r="E73" t="s">
         <v>124</v>
       </c>
       <c r="F73" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
     </row>
     <row r="74" spans="1:26">
       <c r="A74" s="1">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="B74">
         <v>2022</v>
       </c>
       <c r="C74" t="s">
         <v>13</v>
       </c>
       <c r="D74" t="s">
         <v>7</v>
       </c>
       <c r="E74" t="s">
         <v>125</v>
       </c>
       <c r="F74" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
     </row>
     <row r="75" spans="1:26">
       <c r="A75" s="1">
-        <v>557</v>
+        <v>556</v>
       </c>
       <c r="B75">
         <v>2022</v>
       </c>
       <c r="C75" t="s">
         <v>13</v>
       </c>
       <c r="D75" t="s">
         <v>7</v>
       </c>
       <c r="E75" t="s">
         <v>126</v>
       </c>
       <c r="F75" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
     </row>
     <row r="76" spans="1:26">
       <c r="A76" s="1">
-        <v>562</v>
+        <v>557</v>
       </c>
       <c r="B76">
         <v>2022</v>
       </c>
       <c r="C76" t="s">
         <v>13</v>
       </c>
       <c r="D76" t="s">
         <v>7</v>
       </c>
       <c r="E76" t="s">
         <v>127</v>
       </c>
       <c r="F76" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
     </row>
     <row r="77" spans="1:26">
       <c r="A77" s="1">
-        <v>564</v>
+        <v>1073</v>
       </c>
       <c r="B77">
         <v>2022</v>
       </c>
       <c r="C77" t="s">
         <v>13</v>
       </c>
       <c r="D77" t="s">
-        <v>7</v>
+        <v>77</v>
       </c>
       <c r="E77" t="s">
         <v>128</v>
       </c>
       <c r="F77" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
     </row>
     <row r="78" spans="1:26">
       <c r="A78" s="1">
-        <v>567</v>
+        <v>562</v>
       </c>
       <c r="B78">
         <v>2022</v>
       </c>
       <c r="C78" t="s">
         <v>13</v>
       </c>
       <c r="D78" t="s">
         <v>7</v>
       </c>
       <c r="E78" t="s">
         <v>129</v>
       </c>
       <c r="F78" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
     </row>
     <row r="79" spans="1:26">
       <c r="A79" s="1">
-        <v>569</v>
+        <v>564</v>
       </c>
       <c r="B79">
         <v>2022</v>
       </c>
       <c r="C79" t="s">
         <v>13</v>
       </c>
       <c r="D79" t="s">
         <v>7</v>
       </c>
       <c r="E79" t="s">
         <v>130</v>
       </c>
       <c r="F79" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
     </row>
     <row r="80" spans="1:26">
       <c r="A80" s="1">
-        <v>577</v>
+        <v>567</v>
       </c>
       <c r="B80">
         <v>2022</v>
       </c>
       <c r="C80" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="D80" t="s">
         <v>7</v>
       </c>
       <c r="E80" t="s">
         <v>131</v>
       </c>
       <c r="F80" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
     </row>
     <row r="81" spans="1:26">
       <c r="A81" s="1">
-        <v>586</v>
+        <v>569</v>
       </c>
       <c r="B81">
         <v>2022</v>
       </c>
       <c r="C81" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="D81" t="s">
-        <v>75</v>
+        <v>7</v>
       </c>
       <c r="E81" t="s">
         <v>132</v>
       </c>
       <c r="F81" t="s">
-        <v>59</v>
+        <v>70</v>
       </c>
     </row>
     <row r="82" spans="1:26">
       <c r="A82" s="1">
-        <v>591</v>
+        <v>577</v>
       </c>
       <c r="B82">
         <v>2022</v>
       </c>
       <c r="C82" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="D82" t="s">
         <v>7</v>
       </c>
       <c r="E82" t="s">
         <v>133</v>
       </c>
       <c r="F82" t="s">
-        <v>90</v>
+        <v>75</v>
       </c>
     </row>
     <row r="83" spans="1:26">
       <c r="A83" s="1">
-        <v>593</v>
+        <v>586</v>
       </c>
       <c r="B83">
         <v>2022</v>
       </c>
       <c r="C83" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="D83" t="s">
-        <v>7</v>
+        <v>77</v>
       </c>
       <c r="E83" t="s">
         <v>134</v>
       </c>
       <c r="F83" t="s">
-        <v>92</v>
+        <v>59</v>
       </c>
     </row>
     <row r="84" spans="1:26">
       <c r="A84" s="1">
-        <v>595</v>
+        <v>591</v>
       </c>
       <c r="B84">
         <v>2022</v>
       </c>
       <c r="C84" t="s">
         <v>13</v>
       </c>
       <c r="D84" t="s">
         <v>7</v>
       </c>
       <c r="E84" t="s">
         <v>135</v>
       </c>
       <c r="F84" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
     </row>
     <row r="85" spans="1:26">
       <c r="A85" s="1">
-        <v>755</v>
+        <v>593</v>
       </c>
       <c r="B85">
         <v>2022</v>
       </c>
       <c r="C85" t="s">
         <v>13</v>
       </c>
       <c r="D85" t="s">
         <v>7</v>
       </c>
       <c r="E85" t="s">
         <v>136</v>
       </c>
-      <c r="F85" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="86" spans="1:26">
       <c r="A86" s="1">
-        <v>757</v>
+        <v>595</v>
       </c>
       <c r="B86">
         <v>2022</v>
       </c>
       <c r="C86" t="s">
         <v>13</v>
       </c>
       <c r="D86" t="s">
         <v>7</v>
       </c>
       <c r="E86" t="s">
         <v>137</v>
       </c>
       <c r="F86" t="s">
-        <v>102</v>
+        <v>95</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" s="1">
-        <v>508</v>
+        <v>755</v>
       </c>
       <c r="B87">
         <v>2022</v>
       </c>
       <c r="C87" t="s">
         <v>13</v>
       </c>
       <c r="D87" t="s">
         <v>7</v>
       </c>
       <c r="E87" t="s">
         <v>138</v>
       </c>
       <c r="F87" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="1">
-        <v>510</v>
+        <v>757</v>
       </c>
       <c r="B88">
         <v>2022</v>
       </c>
       <c r="C88" t="s">
         <v>13</v>
       </c>
       <c r="D88" t="s">
         <v>7</v>
       </c>
       <c r="E88" t="s">
         <v>139</v>
       </c>
       <c r="F88" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
     </row>
     <row r="89" spans="1:26">
       <c r="A89" s="1">
-        <v>258</v>
+        <v>508</v>
       </c>
       <c r="B89">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C89" t="s">
         <v>13</v>
       </c>
       <c r="D89" t="s">
-        <v>75</v>
+        <v>7</v>
       </c>
       <c r="E89" t="s">
         <v>140</v>
       </c>
       <c r="F89" t="s">
-        <v>141</v>
+        <v>105</v>
       </c>
     </row>
     <row r="90" spans="1:26">
       <c r="A90" s="1">
-        <v>292</v>
+        <v>510</v>
       </c>
       <c r="B90">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C90" t="s">
         <v>13</v>
       </c>
       <c r="D90" t="s">
-        <v>75</v>
+        <v>7</v>
       </c>
       <c r="E90" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="F90" t="s">
-        <v>143</v>
+        <v>107</v>
       </c>
     </row>
     <row r="91" spans="1:26">
       <c r="A91" s="1">
-        <v>298</v>
+        <v>258</v>
       </c>
       <c r="B91">
         <v>2021</v>
       </c>
       <c r="C91" t="s">
         <v>13</v>
       </c>
       <c r="D91" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E91" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="F91" t="s">
-        <v>84</v>
+        <v>143</v>
       </c>
     </row>
     <row r="92" spans="1:26">
       <c r="A92" s="1">
-        <v>310</v>
+        <v>292</v>
       </c>
       <c r="B92">
         <v>2021</v>
       </c>
       <c r="C92" t="s">
         <v>13</v>
       </c>
       <c r="D92" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E92" t="s">
+        <v>144</v>
+      </c>
+      <c r="F92" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="93" spans="1:26">
       <c r="A93" s="1">
-        <v>321</v>
+        <v>298</v>
       </c>
       <c r="B93">
         <v>2021</v>
       </c>
       <c r="C93" t="s">
         <v>13</v>
       </c>
       <c r="D93" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E93" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="F93" t="s">
-        <v>148</v>
+        <v>86</v>
       </c>
     </row>
     <row r="94" spans="1:26">
       <c r="A94" s="1">
-        <v>327</v>
+        <v>1072</v>
       </c>
       <c r="B94">
         <v>2021</v>
       </c>
       <c r="C94" t="s">
         <v>13</v>
       </c>
       <c r="D94" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E94" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="F94" t="s">
-        <v>150</v>
+        <v>61</v>
       </c>
     </row>
     <row r="95" spans="1:26">
       <c r="A95" s="1">
-        <v>339</v>
+        <v>310</v>
       </c>
       <c r="B95">
         <v>2021</v>
       </c>
       <c r="C95" t="s">
         <v>13</v>
       </c>
       <c r="D95" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E95" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="F95" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
     </row>
     <row r="96" spans="1:26">
       <c r="A96" s="1">
-        <v>345</v>
+        <v>321</v>
       </c>
       <c r="B96">
         <v>2021</v>
       </c>
       <c r="C96" t="s">
         <v>13</v>
       </c>
       <c r="D96" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E96" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="F96" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
     </row>
     <row r="97" spans="1:26">
       <c r="A97" s="1">
-        <v>351</v>
+        <v>327</v>
       </c>
       <c r="B97">
         <v>2021</v>
       </c>
       <c r="C97" t="s">
         <v>13</v>
       </c>
       <c r="D97" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E97" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="F97" t="s">
-        <v>46</v>
+        <v>153</v>
       </c>
     </row>
     <row r="98" spans="1:26">
       <c r="A98" s="1">
-        <v>369</v>
+        <v>339</v>
       </c>
       <c r="B98">
         <v>2021</v>
       </c>
       <c r="C98" t="s">
         <v>13</v>
       </c>
       <c r="D98" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E98" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="F98" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
     </row>
     <row r="99" spans="1:26">
       <c r="A99" s="1">
-        <v>375</v>
+        <v>345</v>
       </c>
       <c r="B99">
         <v>2021</v>
       </c>
       <c r="C99" t="s">
         <v>13</v>
       </c>
       <c r="D99" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E99" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="F99" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
     </row>
     <row r="100" spans="1:26">
       <c r="A100" s="1">
-        <v>381</v>
+        <v>351</v>
       </c>
       <c r="B100">
         <v>2021</v>
       </c>
       <c r="C100" t="s">
         <v>13</v>
       </c>
       <c r="D100" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E100" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="F100" t="s">
-        <v>161</v>
+        <v>46</v>
       </c>
     </row>
     <row r="101" spans="1:26">
       <c r="A101" s="1">
-        <v>404</v>
+        <v>369</v>
       </c>
       <c r="B101">
         <v>2021</v>
       </c>
       <c r="C101" t="s">
         <v>13</v>
       </c>
       <c r="D101" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E101" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="F101" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
     </row>
     <row r="102" spans="1:26">
       <c r="A102" s="1">
-        <v>416</v>
+        <v>375</v>
       </c>
       <c r="B102">
         <v>2021</v>
       </c>
       <c r="C102" t="s">
         <v>13</v>
       </c>
       <c r="D102" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E102" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="F102" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
     </row>
     <row r="103" spans="1:26">
       <c r="A103" s="1">
-        <v>450</v>
+        <v>381</v>
       </c>
       <c r="B103">
         <v>2021</v>
       </c>
       <c r="C103" t="s">
         <v>13</v>
       </c>
       <c r="D103" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E103" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="F103" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
     </row>
     <row r="104" spans="1:26">
       <c r="A104" s="1">
-        <v>452</v>
+        <v>404</v>
       </c>
       <c r="B104">
         <v>2021</v>
       </c>
       <c r="C104" t="s">
         <v>13</v>
       </c>
       <c r="D104" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E104" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="F104" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
     </row>
     <row r="105" spans="1:26">
       <c r="A105" s="1">
-        <v>240</v>
+        <v>416</v>
       </c>
       <c r="B105">
         <v>2021</v>
       </c>
       <c r="C105" t="s">
         <v>13</v>
       </c>
       <c r="D105" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E105" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="F105" t="s">
-        <v>27</v>
+        <v>168</v>
       </c>
     </row>
     <row r="106" spans="1:26">
       <c r="A106" s="1">
-        <v>246</v>
+        <v>450</v>
       </c>
       <c r="B106">
         <v>2021</v>
       </c>
       <c r="C106" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="D106" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E106" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="F106" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
     </row>
     <row r="107" spans="1:26">
       <c r="A107" s="1">
-        <v>259</v>
+        <v>452</v>
       </c>
       <c r="B107">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C107" t="s">
         <v>13</v>
       </c>
       <c r="D107" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E107" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="F107" t="s">
-        <v>141</v>
+        <v>172</v>
       </c>
     </row>
     <row r="108" spans="1:26">
       <c r="A108" s="1">
-        <v>264</v>
+        <v>240</v>
       </c>
       <c r="B108">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C108" t="s">
         <v>13</v>
       </c>
       <c r="D108" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E108" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="F108" t="s">
-        <v>175</v>
+        <v>27</v>
       </c>
     </row>
     <row r="109" spans="1:26">
       <c r="A109" s="1">
-        <v>270</v>
+        <v>246</v>
       </c>
       <c r="B109">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C109" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="D109" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E109" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="F109" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
     </row>
     <row r="110" spans="1:26">
       <c r="A110" s="1">
-        <v>276</v>
+        <v>259</v>
       </c>
       <c r="B110">
         <v>2020</v>
       </c>
       <c r="C110" t="s">
         <v>13</v>
       </c>
       <c r="D110" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E110" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="F110" t="s">
-        <v>77</v>
+        <v>143</v>
       </c>
     </row>
     <row r="111" spans="1:26">
       <c r="A111" s="1">
-        <v>293</v>
+        <v>264</v>
       </c>
       <c r="B111">
         <v>2020</v>
       </c>
       <c r="C111" t="s">
         <v>13</v>
       </c>
       <c r="D111" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E111" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="F111" t="s">
-        <v>143</v>
+        <v>178</v>
       </c>
     </row>
     <row r="112" spans="1:26">
       <c r="A112" s="1">
-        <v>299</v>
+        <v>270</v>
       </c>
       <c r="B112">
         <v>2020</v>
       </c>
       <c r="C112" t="s">
         <v>13</v>
       </c>
       <c r="D112" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E112" t="s">
+        <v>179</v>
+      </c>
+      <c r="F112" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="113" spans="1:26">
       <c r="A113" s="1">
-        <v>304</v>
+        <v>276</v>
       </c>
       <c r="B113">
         <v>2020</v>
       </c>
       <c r="C113" t="s">
         <v>13</v>
       </c>
       <c r="D113" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E113" t="s">
         <v>181</v>
       </c>
       <c r="F113" t="s">
-        <v>182</v>
+        <v>79</v>
       </c>
     </row>
     <row r="114" spans="1:26">
       <c r="A114" s="1">
-        <v>311</v>
+        <v>293</v>
       </c>
       <c r="B114">
         <v>2020</v>
       </c>
       <c r="C114" t="s">
         <v>13</v>
       </c>
       <c r="D114" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E114" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="F114" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
     </row>
     <row r="115" spans="1:26">
       <c r="A115" s="1">
-        <v>322</v>
+        <v>299</v>
       </c>
       <c r="B115">
         <v>2020</v>
       </c>
       <c r="C115" t="s">
         <v>13</v>
       </c>
       <c r="D115" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E115" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="F115" t="s">
-        <v>148</v>
+        <v>86</v>
       </c>
     </row>
     <row r="116" spans="1:26">
       <c r="A116" s="1">
-        <v>328</v>
+        <v>304</v>
       </c>
       <c r="B116">
         <v>2020</v>
       </c>
       <c r="C116" t="s">
         <v>13</v>
       </c>
       <c r="D116" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E116" t="s">
+        <v>184</v>
+      </c>
+      <c r="F116" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="117" spans="1:26">
       <c r="A117" s="1">
-        <v>333</v>
+        <v>311</v>
       </c>
       <c r="B117">
         <v>2020</v>
       </c>
       <c r="C117" t="s">
         <v>13</v>
       </c>
       <c r="D117" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E117" t="s">
         <v>186</v>
       </c>
       <c r="F117" t="s">
-        <v>187</v>
+        <v>149</v>
       </c>
     </row>
     <row r="118" spans="1:26">
       <c r="A118" s="1">
-        <v>340</v>
+        <v>322</v>
       </c>
       <c r="B118">
         <v>2020</v>
       </c>
       <c r="C118" t="s">
         <v>13</v>
       </c>
       <c r="D118" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E118" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="F118" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
     </row>
     <row r="119" spans="1:26">
       <c r="A119" s="1">
-        <v>346</v>
+        <v>328</v>
       </c>
       <c r="B119">
         <v>2020</v>
       </c>
       <c r="C119" t="s">
         <v>13</v>
       </c>
       <c r="D119" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E119" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="F119" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
     </row>
     <row r="120" spans="1:26">
       <c r="A120" s="1">
-        <v>352</v>
+        <v>333</v>
       </c>
       <c r="B120">
         <v>2020</v>
       </c>
       <c r="C120" t="s">
         <v>13</v>
       </c>
       <c r="D120" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E120" t="s">
+        <v>189</v>
+      </c>
+      <c r="F120" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="121" spans="1:26">
       <c r="A121" s="1">
-        <v>357</v>
+        <v>340</v>
       </c>
       <c r="B121">
         <v>2020</v>
       </c>
       <c r="C121" t="s">
         <v>13</v>
       </c>
       <c r="D121" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E121" t="s">
         <v>191</v>
       </c>
       <c r="F121" t="s">
-        <v>192</v>
+        <v>155</v>
       </c>
     </row>
     <row r="122" spans="1:26">
       <c r="A122" s="1">
-        <v>363</v>
+        <v>346</v>
       </c>
       <c r="B122">
         <v>2020</v>
       </c>
       <c r="C122" t="s">
         <v>13</v>
       </c>
       <c r="D122" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E122" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="F122" t="s">
-        <v>194</v>
+        <v>157</v>
       </c>
     </row>
     <row r="123" spans="1:26">
       <c r="A123" s="1">
-        <v>370</v>
+        <v>352</v>
       </c>
       <c r="B123">
         <v>2020</v>
       </c>
       <c r="C123" t="s">
         <v>13</v>
       </c>
       <c r="D123" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E123" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="F123" t="s">
-        <v>157</v>
+        <v>46</v>
       </c>
     </row>
     <row r="124" spans="1:26">
       <c r="A124" s="1">
-        <v>376</v>
+        <v>357</v>
       </c>
       <c r="B124">
         <v>2020</v>
       </c>
       <c r="C124" t="s">
         <v>13</v>
       </c>
       <c r="D124" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E124" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="F124" t="s">
-        <v>159</v>
+        <v>195</v>
       </c>
     </row>
     <row r="125" spans="1:26">
       <c r="A125" s="1">
-        <v>382</v>
+        <v>363</v>
       </c>
       <c r="B125">
         <v>2020</v>
       </c>
       <c r="C125" t="s">
         <v>13</v>
       </c>
       <c r="D125" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E125" t="s">
+        <v>196</v>
+      </c>
+      <c r="F125" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="126" spans="1:26">
       <c r="A126" s="1">
-        <v>387</v>
+        <v>370</v>
       </c>
       <c r="B126">
         <v>2020</v>
       </c>
       <c r="C126" t="s">
         <v>13</v>
       </c>
       <c r="D126" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E126" t="s">
         <v>198</v>
       </c>
       <c r="F126" t="s">
-        <v>199</v>
+        <v>160</v>
       </c>
     </row>
     <row r="127" spans="1:26">
       <c r="A127" s="1">
-        <v>393</v>
+        <v>376</v>
       </c>
       <c r="B127">
         <v>2020</v>
       </c>
       <c r="C127" t="s">
         <v>13</v>
       </c>
       <c r="D127" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E127" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="F127" t="s">
-        <v>201</v>
+        <v>162</v>
       </c>
     </row>
     <row r="128" spans="1:26">
       <c r="A128" s="1">
-        <v>399</v>
+        <v>382</v>
       </c>
       <c r="B128">
         <v>2020</v>
       </c>
       <c r="C128" t="s">
         <v>13</v>
       </c>
       <c r="D128" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E128" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="F128" t="s">
-        <v>86</v>
+        <v>164</v>
       </c>
     </row>
     <row r="129" spans="1:26">
       <c r="A129" s="1">
-        <v>410</v>
+        <v>387</v>
       </c>
       <c r="B129">
         <v>2020</v>
       </c>
       <c r="C129" t="s">
         <v>13</v>
       </c>
       <c r="D129" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E129" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="F129" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
     </row>
     <row r="130" spans="1:26">
       <c r="A130" s="1">
-        <v>451</v>
+        <v>393</v>
       </c>
       <c r="B130">
         <v>2020</v>
       </c>
       <c r="C130" t="s">
         <v>13</v>
       </c>
       <c r="D130" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E130" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="F130" t="s">
-        <v>169</v>
+        <v>204</v>
       </c>
     </row>
     <row r="131" spans="1:26">
       <c r="A131" s="1">
-        <v>241</v>
+        <v>399</v>
       </c>
       <c r="B131">
         <v>2020</v>
       </c>
       <c r="C131" t="s">
         <v>13</v>
       </c>
       <c r="D131" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E131" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="F131" t="s">
-        <v>27</v>
+        <v>88</v>
       </c>
     </row>
     <row r="132" spans="1:26">
       <c r="A132" s="1">
-        <v>252</v>
+        <v>410</v>
       </c>
       <c r="B132">
         <v>2020</v>
       </c>
       <c r="C132" t="s">
         <v>13</v>
       </c>
       <c r="D132" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E132" t="s">
+        <v>206</v>
+      </c>
+      <c r="F132" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="133" spans="1:26">
       <c r="A133" s="1">
-        <v>256</v>
+        <v>451</v>
       </c>
       <c r="B133">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C133" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="D133" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E133" t="s">
         <v>208</v>
       </c>
       <c r="F133" t="s">
-        <v>141</v>
+        <v>172</v>
       </c>
     </row>
     <row r="134" spans="1:26">
       <c r="A134" s="1">
-        <v>257</v>
+        <v>241</v>
       </c>
       <c r="B134">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C134" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="D134" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E134" t="s">
         <v>209</v>
       </c>
       <c r="F134" t="s">
-        <v>141</v>
+        <v>27</v>
       </c>
     </row>
     <row r="135" spans="1:26">
       <c r="A135" s="1">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="B135">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C135" t="s">
         <v>13</v>
       </c>
       <c r="D135" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E135" t="s">
         <v>210</v>
       </c>
       <c r="F135" t="s">
-        <v>141</v>
+        <v>170</v>
       </c>
     </row>
     <row r="136" spans="1:26">
       <c r="A136" s="1">
-        <v>262</v>
+        <v>256</v>
       </c>
       <c r="B136">
         <v>2019</v>
       </c>
       <c r="C136" t="s">
         <v>10</v>
       </c>
       <c r="D136" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E136" t="s">
         <v>211</v>
       </c>
       <c r="F136" t="s">
-        <v>175</v>
+        <v>143</v>
       </c>
     </row>
     <row r="137" spans="1:26">
       <c r="A137" s="1">
-        <v>263</v>
+        <v>257</v>
       </c>
       <c r="B137">
         <v>2019</v>
       </c>
       <c r="C137" t="s">
         <v>10</v>
       </c>
       <c r="D137" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E137" t="s">
         <v>212</v>
       </c>
       <c r="F137" t="s">
-        <v>175</v>
+        <v>143</v>
       </c>
     </row>
     <row r="138" spans="1:26">
       <c r="A138" s="1">
-        <v>265</v>
+        <v>260</v>
       </c>
       <c r="B138">
         <v>2019</v>
       </c>
       <c r="C138" t="s">
         <v>13</v>
       </c>
       <c r="D138" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E138" t="s">
         <v>213</v>
       </c>
       <c r="F138" t="s">
-        <v>175</v>
+        <v>143</v>
       </c>
     </row>
     <row r="139" spans="1:26">
       <c r="A139" s="1">
-        <v>268</v>
+        <v>262</v>
       </c>
       <c r="B139">
         <v>2019</v>
       </c>
       <c r="C139" t="s">
         <v>10</v>
       </c>
       <c r="D139" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E139" t="s">
         <v>214</v>
       </c>
       <c r="F139" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
     </row>
     <row r="140" spans="1:26">
       <c r="A140" s="1">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="B140">
         <v>2019</v>
       </c>
       <c r="C140" t="s">
         <v>10</v>
       </c>
       <c r="D140" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E140" t="s">
         <v>215</v>
       </c>
       <c r="F140" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
     </row>
     <row r="141" spans="1:26">
       <c r="A141" s="1">
-        <v>271</v>
+        <v>265</v>
       </c>
       <c r="B141">
         <v>2019</v>
       </c>
       <c r="C141" t="s">
         <v>13</v>
       </c>
       <c r="D141" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E141" t="s">
         <v>216</v>
       </c>
       <c r="F141" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
     </row>
     <row r="142" spans="1:26">
       <c r="A142" s="1">
-        <v>274</v>
+        <v>268</v>
       </c>
       <c r="B142">
         <v>2019</v>
       </c>
       <c r="C142" t="s">
         <v>10</v>
       </c>
       <c r="D142" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E142" t="s">
         <v>217</v>
       </c>
       <c r="F142" t="s">
-        <v>77</v>
+        <v>180</v>
       </c>
     </row>
     <row r="143" spans="1:26">
       <c r="A143" s="1">
-        <v>275</v>
+        <v>269</v>
       </c>
       <c r="B143">
         <v>2019</v>
       </c>
       <c r="C143" t="s">
         <v>10</v>
       </c>
       <c r="D143" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E143" t="s">
         <v>218</v>
       </c>
       <c r="F143" t="s">
-        <v>77</v>
+        <v>180</v>
       </c>
     </row>
     <row r="144" spans="1:26">
       <c r="A144" s="1">
-        <v>277</v>
+        <v>271</v>
       </c>
       <c r="B144">
         <v>2019</v>
       </c>
       <c r="C144" t="s">
         <v>13</v>
       </c>
       <c r="D144" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E144" t="s">
         <v>219</v>
       </c>
       <c r="F144" t="s">
-        <v>77</v>
+        <v>180</v>
       </c>
     </row>
     <row r="145" spans="1:26">
       <c r="A145" s="1">
-        <v>280</v>
+        <v>274</v>
       </c>
       <c r="B145">
         <v>2019</v>
       </c>
       <c r="C145" t="s">
         <v>10</v>
       </c>
       <c r="D145" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E145" t="s">
         <v>220</v>
       </c>
       <c r="F145" t="s">
-        <v>221</v>
+        <v>79</v>
       </c>
     </row>
     <row r="146" spans="1:26">
       <c r="A146" s="1">
-        <v>281</v>
+        <v>275</v>
       </c>
       <c r="B146">
         <v>2019</v>
       </c>
       <c r="C146" t="s">
         <v>10</v>
       </c>
       <c r="D146" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E146" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="F146" t="s">
-        <v>221</v>
+        <v>79</v>
       </c>
     </row>
     <row r="147" spans="1:26">
       <c r="A147" s="1">
-        <v>282</v>
+        <v>277</v>
       </c>
       <c r="B147">
         <v>2019</v>
       </c>
       <c r="C147" t="s">
         <v>13</v>
       </c>
       <c r="D147" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E147" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="F147" t="s">
-        <v>221</v>
+        <v>79</v>
       </c>
     </row>
     <row r="148" spans="1:26">
       <c r="A148" s="1">
-        <v>285</v>
+        <v>280</v>
       </c>
       <c r="B148">
         <v>2019</v>
       </c>
       <c r="C148" t="s">
         <v>10</v>
       </c>
       <c r="D148" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E148" t="s">
+        <v>223</v>
+      </c>
+      <c r="F148" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="149" spans="1:26">
       <c r="A149" s="1">
-        <v>286</v>
+        <v>281</v>
       </c>
       <c r="B149">
         <v>2019</v>
       </c>
       <c r="C149" t="s">
         <v>10</v>
       </c>
       <c r="D149" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E149" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="F149" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
     </row>
     <row r="150" spans="1:26">
       <c r="A150" s="1">
-        <v>287</v>
+        <v>282</v>
       </c>
       <c r="B150">
         <v>2019</v>
       </c>
       <c r="C150" t="s">
         <v>13</v>
       </c>
       <c r="D150" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>227</v>
+        <v>77</v>
+      </c>
+      <c r="E150">
+        <v>14112</v>
       </c>
       <c r="F150" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
     </row>
     <row r="151" spans="1:26">
       <c r="A151" s="1">
-        <v>290</v>
+        <v>285</v>
       </c>
       <c r="B151">
         <v>2019</v>
       </c>
       <c r="C151" t="s">
         <v>10</v>
       </c>
       <c r="D151" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E151" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="F151" t="s">
-        <v>143</v>
+        <v>227</v>
       </c>
     </row>
     <row r="152" spans="1:26">
       <c r="A152" s="1">
-        <v>291</v>
+        <v>286</v>
       </c>
       <c r="B152">
         <v>2019</v>
       </c>
       <c r="C152" t="s">
         <v>10</v>
       </c>
       <c r="D152" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E152" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="F152" t="s">
-        <v>143</v>
+        <v>227</v>
       </c>
     </row>
     <row r="153" spans="1:26">
       <c r="A153" s="1">
-        <v>294</v>
+        <v>287</v>
       </c>
       <c r="B153">
         <v>2019</v>
       </c>
       <c r="C153" t="s">
         <v>13</v>
       </c>
       <c r="D153" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E153" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="F153" t="s">
-        <v>143</v>
+        <v>227</v>
       </c>
     </row>
     <row r="154" spans="1:26">
       <c r="A154" s="1">
-        <v>296</v>
+        <v>290</v>
       </c>
       <c r="B154">
         <v>2019</v>
       </c>
       <c r="C154" t="s">
         <v>10</v>
       </c>
       <c r="D154" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E154" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="F154" t="s">
-        <v>84</v>
+        <v>145</v>
       </c>
     </row>
     <row r="155" spans="1:26">
       <c r="A155" s="1">
-        <v>297</v>
+        <v>291</v>
       </c>
       <c r="B155">
         <v>2019</v>
       </c>
       <c r="C155" t="s">
         <v>10</v>
       </c>
       <c r="D155" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E155" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="F155" t="s">
-        <v>84</v>
+        <v>145</v>
       </c>
     </row>
     <row r="156" spans="1:26">
       <c r="A156" s="1">
-        <v>300</v>
+        <v>294</v>
       </c>
       <c r="B156">
         <v>2019</v>
       </c>
       <c r="C156" t="s">
         <v>13</v>
       </c>
       <c r="D156" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E156" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="F156" t="s">
-        <v>84</v>
+        <v>145</v>
       </c>
     </row>
     <row r="157" spans="1:26">
       <c r="A157" s="1">
-        <v>302</v>
+        <v>296</v>
       </c>
       <c r="B157">
         <v>2019</v>
       </c>
       <c r="C157" t="s">
         <v>10</v>
       </c>
       <c r="D157" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E157" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="F157" t="s">
-        <v>182</v>
+        <v>86</v>
       </c>
     </row>
     <row r="158" spans="1:26">
       <c r="A158" s="1">
-        <v>303</v>
+        <v>297</v>
       </c>
       <c r="B158">
         <v>2019</v>
       </c>
       <c r="C158" t="s">
         <v>10</v>
       </c>
       <c r="D158" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E158" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="F158" t="s">
-        <v>182</v>
+        <v>86</v>
       </c>
     </row>
     <row r="159" spans="1:26">
       <c r="A159" s="1">
-        <v>305</v>
+        <v>300</v>
       </c>
       <c r="B159">
         <v>2019</v>
       </c>
       <c r="C159" t="s">
         <v>13</v>
       </c>
       <c r="D159" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E159" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="F159" t="s">
-        <v>182</v>
+        <v>86</v>
       </c>
     </row>
     <row r="160" spans="1:26">
       <c r="A160" s="1">
-        <v>308</v>
+        <v>302</v>
       </c>
       <c r="B160">
         <v>2019</v>
       </c>
       <c r="C160" t="s">
         <v>10</v>
       </c>
       <c r="D160" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E160" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="F160" t="s">
-        <v>146</v>
+        <v>185</v>
       </c>
     </row>
     <row r="161" spans="1:26">
       <c r="A161" s="1">
-        <v>309</v>
+        <v>303</v>
       </c>
       <c r="B161">
         <v>2019</v>
       </c>
       <c r="C161" t="s">
         <v>10</v>
       </c>
       <c r="D161" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E161" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="F161" t="s">
-        <v>146</v>
+        <v>185</v>
       </c>
     </row>
     <row r="162" spans="1:26">
       <c r="A162" s="1">
-        <v>312</v>
+        <v>305</v>
       </c>
       <c r="B162">
         <v>2019</v>
       </c>
       <c r="C162" t="s">
         <v>13</v>
       </c>
       <c r="D162" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E162" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="F162" t="s">
-        <v>146</v>
+        <v>185</v>
       </c>
     </row>
     <row r="163" spans="1:26">
       <c r="A163" s="1">
-        <v>314</v>
+        <v>308</v>
       </c>
       <c r="B163">
         <v>2019</v>
       </c>
       <c r="C163" t="s">
         <v>10</v>
       </c>
       <c r="D163" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E163" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="F163" t="s">
-        <v>88</v>
+        <v>149</v>
       </c>
     </row>
     <row r="164" spans="1:26">
       <c r="A164" s="1">
-        <v>315</v>
+        <v>309</v>
       </c>
       <c r="B164">
         <v>2019</v>
       </c>
       <c r="C164" t="s">
         <v>10</v>
       </c>
       <c r="D164" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E164" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="F164" t="s">
-        <v>88</v>
+        <v>149</v>
       </c>
     </row>
     <row r="165" spans="1:26">
       <c r="A165" s="1">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="B165">
         <v>2019</v>
       </c>
       <c r="C165" t="s">
         <v>13</v>
       </c>
       <c r="D165" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E165" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="F165" t="s">
-        <v>88</v>
+        <v>149</v>
       </c>
     </row>
     <row r="166" spans="1:26">
       <c r="A166" s="1">
-        <v>319</v>
+        <v>314</v>
       </c>
       <c r="B166">
         <v>2019</v>
       </c>
       <c r="C166" t="s">
         <v>10</v>
       </c>
       <c r="D166" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E166" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="F166" t="s">
-        <v>148</v>
+        <v>90</v>
       </c>
     </row>
     <row r="167" spans="1:26">
       <c r="A167" s="1">
-        <v>320</v>
+        <v>315</v>
       </c>
       <c r="B167">
         <v>2019</v>
       </c>
       <c r="C167" t="s">
         <v>10</v>
       </c>
       <c r="D167" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E167" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="F167" t="s">
-        <v>148</v>
+        <v>90</v>
       </c>
     </row>
     <row r="168" spans="1:26">
       <c r="A168" s="1">
-        <v>323</v>
+        <v>316</v>
       </c>
       <c r="B168">
         <v>2019</v>
       </c>
       <c r="C168" t="s">
         <v>13</v>
       </c>
       <c r="D168" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E168" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="F168" t="s">
-        <v>148</v>
+        <v>90</v>
       </c>
     </row>
     <row r="169" spans="1:26">
       <c r="A169" s="1">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="B169">
         <v>2019</v>
       </c>
       <c r="C169" t="s">
         <v>10</v>
       </c>
       <c r="D169" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E169" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="F169" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="170" spans="1:26">
       <c r="A170" s="1">
-        <v>326</v>
+        <v>320</v>
       </c>
       <c r="B170">
         <v>2019</v>
       </c>
       <c r="C170" t="s">
         <v>10</v>
       </c>
       <c r="D170" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E170" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="F170" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="171" spans="1:26">
       <c r="A171" s="1">
-        <v>329</v>
+        <v>323</v>
       </c>
       <c r="B171">
         <v>2019</v>
       </c>
       <c r="C171" t="s">
         <v>13</v>
       </c>
       <c r="D171" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E171" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="F171" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="172" spans="1:26">
       <c r="A172" s="1">
-        <v>331</v>
+        <v>325</v>
       </c>
       <c r="B172">
         <v>2019</v>
       </c>
       <c r="C172" t="s">
         <v>10</v>
       </c>
       <c r="D172" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E172" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="F172" t="s">
-        <v>187</v>
+        <v>153</v>
       </c>
     </row>
     <row r="173" spans="1:26">
       <c r="A173" s="1">
-        <v>332</v>
+        <v>326</v>
       </c>
       <c r="B173">
         <v>2019</v>
       </c>
       <c r="C173" t="s">
         <v>10</v>
       </c>
       <c r="D173" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E173" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="F173" t="s">
-        <v>187</v>
+        <v>153</v>
       </c>
     </row>
     <row r="174" spans="1:26">
       <c r="A174" s="1">
-        <v>334</v>
+        <v>329</v>
       </c>
       <c r="B174">
         <v>2019</v>
       </c>
       <c r="C174" t="s">
         <v>13</v>
       </c>
       <c r="D174" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E174" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="F174" t="s">
-        <v>187</v>
+        <v>153</v>
       </c>
     </row>
     <row r="175" spans="1:26">
       <c r="A175" s="1">
-        <v>337</v>
+        <v>331</v>
       </c>
       <c r="B175">
         <v>2019</v>
       </c>
       <c r="C175" t="s">
         <v>10</v>
       </c>
       <c r="D175" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E175" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="F175" t="s">
-        <v>152</v>
+        <v>190</v>
       </c>
     </row>
     <row r="176" spans="1:26">
       <c r="A176" s="1">
-        <v>338</v>
+        <v>332</v>
       </c>
       <c r="B176">
         <v>2019</v>
       </c>
       <c r="C176" t="s">
         <v>10</v>
       </c>
       <c r="D176" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E176" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="F176" t="s">
-        <v>152</v>
+        <v>190</v>
       </c>
     </row>
     <row r="177" spans="1:26">
       <c r="A177" s="1">
-        <v>341</v>
+        <v>334</v>
       </c>
       <c r="B177">
         <v>2019</v>
       </c>
       <c r="C177" t="s">
         <v>13</v>
       </c>
       <c r="D177" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E177" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="F177" t="s">
-        <v>152</v>
+        <v>190</v>
       </c>
     </row>
     <row r="178" spans="1:26">
       <c r="A178" s="1">
-        <v>343</v>
+        <v>337</v>
       </c>
       <c r="B178">
         <v>2019</v>
       </c>
       <c r="C178" t="s">
         <v>10</v>
       </c>
       <c r="D178" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E178" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="F178" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="179" spans="1:26">
       <c r="A179" s="1">
-        <v>344</v>
+        <v>338</v>
       </c>
       <c r="B179">
         <v>2019</v>
       </c>
       <c r="C179" t="s">
         <v>10</v>
       </c>
       <c r="D179" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E179" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="F179" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="180" spans="1:26">
       <c r="A180" s="1">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B180">
         <v>2019</v>
       </c>
       <c r="C180" t="s">
         <v>13</v>
       </c>
       <c r="D180" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E180" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="F180" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="181" spans="1:26">
       <c r="A181" s="1">
-        <v>349</v>
+        <v>343</v>
       </c>
       <c r="B181">
         <v>2019</v>
       </c>
       <c r="C181" t="s">
         <v>10</v>
       </c>
       <c r="D181" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E181" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="F181" t="s">
-        <v>46</v>
+        <v>157</v>
       </c>
     </row>
     <row r="182" spans="1:26">
       <c r="A182" s="1">
-        <v>350</v>
+        <v>344</v>
       </c>
       <c r="B182">
         <v>2019</v>
       </c>
       <c r="C182" t="s">
         <v>10</v>
       </c>
       <c r="D182" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E182" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="F182" t="s">
-        <v>46</v>
+        <v>157</v>
       </c>
     </row>
     <row r="183" spans="1:26">
       <c r="A183" s="1">
-        <v>353</v>
+        <v>347</v>
       </c>
       <c r="B183">
         <v>2019</v>
       </c>
       <c r="C183" t="s">
         <v>13</v>
       </c>
       <c r="D183" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E183" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="F183" t="s">
-        <v>46</v>
+        <v>157</v>
       </c>
     </row>
     <row r="184" spans="1:26">
       <c r="A184" s="1">
-        <v>355</v>
+        <v>349</v>
       </c>
       <c r="B184">
         <v>2019</v>
       </c>
       <c r="C184" t="s">
         <v>10</v>
       </c>
       <c r="D184" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E184" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="F184" t="s">
-        <v>192</v>
+        <v>46</v>
       </c>
     </row>
     <row r="185" spans="1:26">
       <c r="A185" s="1">
-        <v>356</v>
+        <v>350</v>
       </c>
       <c r="B185">
         <v>2019</v>
       </c>
       <c r="C185" t="s">
         <v>10</v>
       </c>
       <c r="D185" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E185" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="F185" t="s">
-        <v>192</v>
+        <v>46</v>
       </c>
     </row>
     <row r="186" spans="1:26">
       <c r="A186" s="1">
-        <v>358</v>
+        <v>353</v>
       </c>
       <c r="B186">
         <v>2019</v>
       </c>
       <c r="C186" t="s">
         <v>13</v>
       </c>
       <c r="D186" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E186" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="F186" t="s">
-        <v>192</v>
+        <v>46</v>
       </c>
     </row>
     <row r="187" spans="1:26">
       <c r="A187" s="1">
-        <v>361</v>
+        <v>355</v>
       </c>
       <c r="B187">
         <v>2019</v>
       </c>
       <c r="C187" t="s">
         <v>10</v>
       </c>
       <c r="D187" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E187" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="F187" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="188" spans="1:26">
       <c r="A188" s="1">
-        <v>362</v>
+        <v>356</v>
       </c>
       <c r="B188">
         <v>2019</v>
       </c>
       <c r="C188" t="s">
         <v>10</v>
       </c>
       <c r="D188" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E188" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="F188" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="189" spans="1:26">
       <c r="A189" s="1">
-        <v>364</v>
+        <v>358</v>
       </c>
       <c r="B189">
         <v>2019</v>
       </c>
       <c r="C189" t="s">
         <v>13</v>
       </c>
       <c r="D189" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E189" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="F189" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="190" spans="1:26">
       <c r="A190" s="1">
-        <v>367</v>
+        <v>361</v>
       </c>
       <c r="B190">
         <v>2019</v>
       </c>
       <c r="C190" t="s">
         <v>10</v>
       </c>
       <c r="D190" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E190" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="F190" t="s">
-        <v>157</v>
+        <v>197</v>
       </c>
     </row>
     <row r="191" spans="1:26">
       <c r="A191" s="1">
-        <v>368</v>
+        <v>362</v>
       </c>
       <c r="B191">
         <v>2019</v>
       </c>
       <c r="C191" t="s">
         <v>10</v>
       </c>
       <c r="D191" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E191" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="F191" t="s">
-        <v>157</v>
+        <v>197</v>
       </c>
     </row>
     <row r="192" spans="1:26">
       <c r="A192" s="1">
-        <v>371</v>
+        <v>364</v>
       </c>
       <c r="B192">
         <v>2019</v>
       </c>
       <c r="C192" t="s">
         <v>13</v>
       </c>
       <c r="D192" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E192" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="F192" t="s">
-        <v>157</v>
+        <v>197</v>
       </c>
     </row>
     <row r="193" spans="1:26">
       <c r="A193" s="1">
-        <v>373</v>
+        <v>367</v>
       </c>
       <c r="B193">
         <v>2019</v>
       </c>
       <c r="C193" t="s">
         <v>10</v>
       </c>
       <c r="D193" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E193" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="F193" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="194" spans="1:26">
       <c r="A194" s="1">
-        <v>374</v>
+        <v>368</v>
       </c>
       <c r="B194">
         <v>2019</v>
       </c>
       <c r="C194" t="s">
         <v>10</v>
       </c>
       <c r="D194" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E194" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="F194" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="195" spans="1:26">
       <c r="A195" s="1">
-        <v>377</v>
+        <v>371</v>
       </c>
       <c r="B195">
         <v>2019</v>
       </c>
       <c r="C195" t="s">
         <v>13</v>
       </c>
       <c r="D195" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E195" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="F195" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="196" spans="1:26">
       <c r="A196" s="1">
-        <v>379</v>
+        <v>373</v>
       </c>
       <c r="B196">
         <v>2019</v>
       </c>
       <c r="C196" t="s">
         <v>10</v>
       </c>
       <c r="D196" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E196" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="F196" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="197" spans="1:26">
       <c r="A197" s="1">
-        <v>380</v>
+        <v>374</v>
       </c>
       <c r="B197">
         <v>2019</v>
       </c>
       <c r="C197" t="s">
         <v>10</v>
       </c>
       <c r="D197" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E197" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="F197" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="198" spans="1:26">
       <c r="A198" s="1">
-        <v>383</v>
+        <v>377</v>
       </c>
       <c r="B198">
         <v>2019</v>
       </c>
       <c r="C198" t="s">
         <v>13</v>
       </c>
       <c r="D198" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E198" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="F198" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="199" spans="1:26">
       <c r="A199" s="1">
-        <v>385</v>
+        <v>379</v>
       </c>
       <c r="B199">
         <v>2019</v>
       </c>
       <c r="C199" t="s">
         <v>10</v>
       </c>
       <c r="D199" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E199" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="F199" t="s">
-        <v>199</v>
+        <v>164</v>
       </c>
     </row>
     <row r="200" spans="1:26">
       <c r="A200" s="1">
-        <v>386</v>
+        <v>380</v>
       </c>
       <c r="B200">
         <v>2019</v>
       </c>
       <c r="C200" t="s">
         <v>10</v>
       </c>
       <c r="D200" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E200" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="F200" t="s">
-        <v>199</v>
+        <v>164</v>
       </c>
     </row>
     <row r="201" spans="1:26">
       <c r="A201" s="1">
-        <v>388</v>
+        <v>383</v>
       </c>
       <c r="B201">
         <v>2019</v>
       </c>
       <c r="C201" t="s">
         <v>13</v>
       </c>
       <c r="D201" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E201" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="F201" t="s">
-        <v>199</v>
+        <v>164</v>
       </c>
     </row>
     <row r="202" spans="1:26">
       <c r="A202" s="1">
-        <v>391</v>
+        <v>385</v>
       </c>
       <c r="B202">
         <v>2019</v>
       </c>
       <c r="C202" t="s">
         <v>10</v>
       </c>
       <c r="D202" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E202" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F202" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="203" spans="1:26">
       <c r="A203" s="1">
-        <v>392</v>
+        <v>386</v>
       </c>
       <c r="B203">
         <v>2019</v>
       </c>
       <c r="C203" t="s">
         <v>10</v>
       </c>
       <c r="D203" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E203" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="F203" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="204" spans="1:26">
       <c r="A204" s="1">
-        <v>394</v>
+        <v>388</v>
       </c>
       <c r="B204">
         <v>2019</v>
       </c>
       <c r="C204" t="s">
         <v>13</v>
       </c>
       <c r="D204" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E204" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="F204" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="205" spans="1:26">
       <c r="A205" s="1">
-        <v>397</v>
+        <v>391</v>
       </c>
       <c r="B205">
         <v>2019</v>
       </c>
       <c r="C205" t="s">
         <v>10</v>
       </c>
       <c r="D205" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E205" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="F205" t="s">
-        <v>86</v>
+        <v>204</v>
       </c>
     </row>
     <row r="206" spans="1:26">
       <c r="A206" s="1">
-        <v>398</v>
+        <v>392</v>
       </c>
       <c r="B206">
         <v>2019</v>
       </c>
       <c r="C206" t="s">
         <v>10</v>
       </c>
       <c r="D206" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E206" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="F206" t="s">
-        <v>86</v>
+        <v>204</v>
       </c>
     </row>
     <row r="207" spans="1:26">
       <c r="A207" s="1">
-        <v>400</v>
+        <v>394</v>
       </c>
       <c r="B207">
         <v>2019</v>
       </c>
       <c r="C207" t="s">
         <v>13</v>
       </c>
       <c r="D207" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E207" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="F207" t="s">
-        <v>86</v>
+        <v>204</v>
       </c>
     </row>
     <row r="208" spans="1:26">
       <c r="A208" s="1">
-        <v>402</v>
+        <v>397</v>
       </c>
       <c r="B208">
         <v>2019</v>
       </c>
       <c r="C208" t="s">
         <v>10</v>
       </c>
       <c r="D208" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E208" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="F208" t="s">
-        <v>163</v>
+        <v>88</v>
       </c>
     </row>
     <row r="209" spans="1:26">
       <c r="A209" s="1">
-        <v>403</v>
+        <v>398</v>
       </c>
       <c r="B209">
         <v>2019</v>
       </c>
       <c r="C209" t="s">
         <v>10</v>
       </c>
       <c r="D209" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E209" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="F209" t="s">
-        <v>163</v>
+        <v>88</v>
       </c>
     </row>
     <row r="210" spans="1:26">
       <c r="A210" s="1">
-        <v>405</v>
+        <v>400</v>
       </c>
       <c r="B210">
         <v>2019</v>
       </c>
       <c r="C210" t="s">
         <v>13</v>
       </c>
       <c r="D210" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E210" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="F210" t="s">
-        <v>163</v>
+        <v>88</v>
       </c>
     </row>
     <row r="211" spans="1:26">
       <c r="A211" s="1">
-        <v>408</v>
+        <v>402</v>
       </c>
       <c r="B211">
         <v>2019</v>
       </c>
       <c r="C211" t="s">
         <v>10</v>
       </c>
       <c r="D211" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E211" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="F211" t="s">
-        <v>204</v>
+        <v>166</v>
       </c>
     </row>
     <row r="212" spans="1:26">
       <c r="A212" s="1">
-        <v>409</v>
+        <v>403</v>
       </c>
       <c r="B212">
         <v>2019</v>
       </c>
       <c r="C212" t="s">
         <v>10</v>
       </c>
       <c r="D212" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E212" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="F212" t="s">
-        <v>204</v>
+        <v>166</v>
       </c>
     </row>
     <row r="213" spans="1:26">
       <c r="A213" s="1">
-        <v>411</v>
+        <v>405</v>
       </c>
       <c r="B213">
         <v>2019</v>
       </c>
       <c r="C213" t="s">
         <v>13</v>
       </c>
       <c r="D213" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E213" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="F213" t="s">
-        <v>204</v>
+        <v>166</v>
       </c>
     </row>
     <row r="214" spans="1:26">
       <c r="A214" s="1">
-        <v>414</v>
+        <v>408</v>
       </c>
       <c r="B214">
         <v>2019</v>
       </c>
       <c r="C214" t="s">
         <v>10</v>
       </c>
       <c r="D214" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E214" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="F214" t="s">
-        <v>165</v>
+        <v>207</v>
       </c>
     </row>
     <row r="215" spans="1:26">
       <c r="A215" s="1">
-        <v>415</v>
+        <v>409</v>
       </c>
       <c r="B215">
         <v>2019</v>
       </c>
       <c r="C215" t="s">
         <v>10</v>
       </c>
       <c r="D215" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E215" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="F215" t="s">
-        <v>165</v>
+        <v>207</v>
       </c>
     </row>
     <row r="216" spans="1:26">
       <c r="A216" s="1">
-        <v>453</v>
+        <v>411</v>
       </c>
       <c r="B216">
         <v>2019</v>
       </c>
       <c r="C216" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="D216" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E216" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
       <c r="F216" t="s">
-        <v>169</v>
+        <v>207</v>
       </c>
     </row>
     <row r="217" spans="1:26">
       <c r="A217" s="1">
-        <v>454</v>
+        <v>414</v>
       </c>
       <c r="B217">
         <v>2019</v>
       </c>
       <c r="C217" t="s">
         <v>10</v>
       </c>
       <c r="D217" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E217" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="F217" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
     </row>
     <row r="218" spans="1:26">
       <c r="A218" s="1">
-        <v>239</v>
+        <v>415</v>
       </c>
       <c r="B218">
         <v>2019</v>
       </c>
       <c r="C218" t="s">
         <v>10</v>
       </c>
       <c r="D218" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E218" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="F218" t="s">
-        <v>27</v>
+        <v>168</v>
       </c>
     </row>
     <row r="219" spans="1:26">
       <c r="A219" s="1">
-        <v>242</v>
+        <v>453</v>
       </c>
       <c r="B219">
         <v>2019</v>
       </c>
       <c r="C219" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="D219" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E219" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F219" t="s">
-        <v>27</v>
+        <v>172</v>
       </c>
     </row>
     <row r="220" spans="1:26">
       <c r="A220" s="1">
-        <v>244</v>
+        <v>454</v>
       </c>
       <c r="B220">
         <v>2019</v>
       </c>
       <c r="C220" t="s">
         <v>10</v>
       </c>
       <c r="D220" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E220" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="F220" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="221" spans="1:26">
       <c r="A221" s="1">
-        <v>245</v>
+        <v>239</v>
       </c>
       <c r="B221">
         <v>2019</v>
       </c>
       <c r="C221" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D221" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E221" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="F221" t="s">
-        <v>172</v>
+        <v>27</v>
       </c>
     </row>
     <row r="222" spans="1:26">
       <c r="A222" s="1">
-        <v>247</v>
+        <v>242</v>
       </c>
       <c r="B222">
         <v>2019</v>
       </c>
       <c r="C222" t="s">
         <v>13</v>
       </c>
       <c r="D222" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E222" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="F222" t="s">
-        <v>172</v>
+        <v>27</v>
       </c>
     </row>
     <row r="223" spans="1:26">
       <c r="A223" s="1">
-        <v>250</v>
+        <v>244</v>
       </c>
       <c r="B223">
         <v>2019</v>
       </c>
       <c r="C223" t="s">
         <v>10</v>
       </c>
       <c r="D223" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E223" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="F223" t="s">
-        <v>167</v>
+        <v>175</v>
       </c>
     </row>
     <row r="224" spans="1:26">
       <c r="A224" s="1">
-        <v>251</v>
+        <v>245</v>
       </c>
       <c r="B224">
         <v>2019</v>
       </c>
       <c r="C224" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="D224" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E224" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="F224" t="s">
-        <v>167</v>
+        <v>175</v>
       </c>
     </row>
     <row r="225" spans="1:26">
       <c r="A225" s="1">
-        <v>253</v>
+        <v>247</v>
       </c>
       <c r="B225">
         <v>2019</v>
       </c>
       <c r="C225" t="s">
         <v>13</v>
       </c>
       <c r="D225" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E225" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="F225" t="s">
-        <v>167</v>
+        <v>175</v>
       </c>
     </row>
     <row r="226" spans="1:26">
       <c r="A226" s="1">
-        <v>261</v>
+        <v>250</v>
       </c>
       <c r="B226">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C226" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="D226" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E226" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="F226" t="s">
-        <v>141</v>
+        <v>170</v>
       </c>
     </row>
     <row r="227" spans="1:26">
       <c r="A227" s="1">
-        <v>266</v>
+        <v>251</v>
       </c>
       <c r="B227">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C227" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="D227" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E227" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="F227" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
     </row>
     <row r="228" spans="1:26">
       <c r="A228" s="1">
-        <v>272</v>
+        <v>253</v>
       </c>
       <c r="B228">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C228" t="s">
         <v>13</v>
       </c>
       <c r="D228" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E228" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="F228" t="s">
-        <v>177</v>
+        <v>170</v>
       </c>
     </row>
     <row r="229" spans="1:26">
       <c r="A229" s="1">
-        <v>278</v>
+        <v>261</v>
       </c>
       <c r="B229">
         <v>2018</v>
       </c>
       <c r="C229" t="s">
         <v>13</v>
       </c>
       <c r="D229" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E229" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="F229" t="s">
-        <v>77</v>
+        <v>143</v>
       </c>
     </row>
     <row r="230" spans="1:26">
       <c r="A230" s="1">
-        <v>283</v>
+        <v>266</v>
       </c>
       <c r="B230">
         <v>2018</v>
       </c>
       <c r="C230" t="s">
         <v>13</v>
       </c>
       <c r="D230" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E230" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="F230" t="s">
-        <v>221</v>
+        <v>178</v>
       </c>
     </row>
     <row r="231" spans="1:26">
       <c r="A231" s="1">
-        <v>288</v>
+        <v>272</v>
       </c>
       <c r="B231">
         <v>2018</v>
       </c>
       <c r="C231" t="s">
         <v>13</v>
       </c>
       <c r="D231" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E231" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="F231" t="s">
-        <v>225</v>
+        <v>180</v>
       </c>
     </row>
     <row r="232" spans="1:26">
       <c r="A232" s="1">
-        <v>295</v>
+        <v>278</v>
       </c>
       <c r="B232">
         <v>2018</v>
       </c>
       <c r="C232" t="s">
         <v>13</v>
       </c>
       <c r="D232" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E232" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="F232" t="s">
-        <v>143</v>
+        <v>79</v>
       </c>
     </row>
     <row r="233" spans="1:26">
       <c r="A233" s="1">
-        <v>301</v>
+        <v>283</v>
       </c>
       <c r="B233">
         <v>2018</v>
       </c>
       <c r="C233" t="s">
         <v>13</v>
       </c>
       <c r="D233" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E233" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="F233" t="s">
-        <v>84</v>
+        <v>224</v>
       </c>
     </row>
     <row r="234" spans="1:26">
       <c r="A234" s="1">
-        <v>306</v>
+        <v>288</v>
       </c>
       <c r="B234">
         <v>2018</v>
       </c>
       <c r="C234" t="s">
         <v>13</v>
       </c>
       <c r="D234" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E234" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="F234" t="s">
-        <v>182</v>
+        <v>227</v>
       </c>
     </row>
     <row r="235" spans="1:26">
       <c r="A235" s="1">
-        <v>313</v>
+        <v>295</v>
       </c>
       <c r="B235">
         <v>2018</v>
       </c>
       <c r="C235" t="s">
         <v>13</v>
       </c>
       <c r="D235" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E235" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="F235" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
     </row>
     <row r="236" spans="1:26">
       <c r="A236" s="1">
-        <v>317</v>
+        <v>301</v>
       </c>
       <c r="B236">
         <v>2018</v>
       </c>
       <c r="C236" t="s">
         <v>13</v>
       </c>
       <c r="D236" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E236" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="F236" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
     </row>
     <row r="237" spans="1:26">
       <c r="A237" s="1">
-        <v>324</v>
+        <v>306</v>
       </c>
       <c r="B237">
         <v>2018</v>
       </c>
       <c r="C237" t="s">
         <v>13</v>
       </c>
       <c r="D237" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E237" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="F237" t="s">
-        <v>148</v>
+        <v>185</v>
       </c>
     </row>
     <row r="238" spans="1:26">
       <c r="A238" s="1">
-        <v>330</v>
+        <v>313</v>
       </c>
       <c r="B238">
         <v>2018</v>
       </c>
       <c r="C238" t="s">
         <v>13</v>
       </c>
       <c r="D238" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E238" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="F238" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
     </row>
     <row r="239" spans="1:26">
       <c r="A239" s="1">
-        <v>335</v>
+        <v>317</v>
       </c>
       <c r="B239">
         <v>2018</v>
       </c>
       <c r="C239" t="s">
         <v>13</v>
       </c>
       <c r="D239" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E239" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="F239" t="s">
-        <v>187</v>
+        <v>90</v>
       </c>
     </row>
     <row r="240" spans="1:26">
       <c r="A240" s="1">
-        <v>342</v>
+        <v>324</v>
       </c>
       <c r="B240">
         <v>2018</v>
       </c>
       <c r="C240" t="s">
         <v>13</v>
       </c>
       <c r="D240" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E240" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="F240" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
     </row>
     <row r="241" spans="1:26">
       <c r="A241" s="1">
-        <v>348</v>
+        <v>330</v>
       </c>
       <c r="B241">
         <v>2018</v>
       </c>
       <c r="C241" t="s">
         <v>13</v>
       </c>
       <c r="D241" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E241" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="F241" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
     </row>
     <row r="242" spans="1:26">
       <c r="A242" s="1">
-        <v>354</v>
+        <v>335</v>
       </c>
       <c r="B242">
         <v>2018</v>
       </c>
       <c r="C242" t="s">
         <v>13</v>
       </c>
       <c r="D242" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E242" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="F242" t="s">
-        <v>46</v>
+        <v>190</v>
       </c>
     </row>
     <row r="243" spans="1:26">
       <c r="A243" s="1">
-        <v>359</v>
+        <v>342</v>
       </c>
       <c r="B243">
         <v>2018</v>
       </c>
       <c r="C243" t="s">
         <v>13</v>
       </c>
       <c r="D243" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E243" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
       <c r="F243" t="s">
-        <v>192</v>
+        <v>155</v>
       </c>
     </row>
     <row r="244" spans="1:26">
       <c r="A244" s="1">
-        <v>365</v>
+        <v>348</v>
       </c>
       <c r="B244">
         <v>2018</v>
       </c>
       <c r="C244" t="s">
         <v>13</v>
       </c>
       <c r="D244" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E244" t="s">
-        <v>321</v>
+        <v>320</v>
       </c>
       <c r="F244" t="s">
-        <v>194</v>
+        <v>157</v>
       </c>
     </row>
     <row r="245" spans="1:26">
       <c r="A245" s="1">
-        <v>372</v>
+        <v>354</v>
       </c>
       <c r="B245">
         <v>2018</v>
       </c>
       <c r="C245" t="s">
         <v>13</v>
       </c>
       <c r="D245" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E245" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="F245" t="s">
-        <v>157</v>
+        <v>46</v>
       </c>
     </row>
     <row r="246" spans="1:26">
       <c r="A246" s="1">
-        <v>378</v>
+        <v>359</v>
       </c>
       <c r="B246">
         <v>2018</v>
       </c>
       <c r="C246" t="s">
         <v>13</v>
       </c>
       <c r="D246" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E246" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="F246" t="s">
-        <v>159</v>
+        <v>195</v>
       </c>
     </row>
     <row r="247" spans="1:26">
       <c r="A247" s="1">
-        <v>384</v>
+        <v>365</v>
       </c>
       <c r="B247">
         <v>2018</v>
       </c>
       <c r="C247" t="s">
         <v>13</v>
       </c>
       <c r="D247" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E247" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="F247" t="s">
-        <v>161</v>
+        <v>197</v>
       </c>
     </row>
     <row r="248" spans="1:26">
       <c r="A248" s="1">
-        <v>389</v>
+        <v>372</v>
       </c>
       <c r="B248">
         <v>2018</v>
       </c>
       <c r="C248" t="s">
         <v>13</v>
       </c>
       <c r="D248" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E248" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="F248" t="s">
-        <v>199</v>
+        <v>160</v>
       </c>
     </row>
     <row r="249" spans="1:26">
       <c r="A249" s="1">
-        <v>395</v>
+        <v>378</v>
       </c>
       <c r="B249">
         <v>2018</v>
       </c>
       <c r="C249" t="s">
         <v>13</v>
       </c>
       <c r="D249" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E249" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="F249" t="s">
-        <v>201</v>
+        <v>162</v>
       </c>
     </row>
     <row r="250" spans="1:26">
       <c r="A250" s="1">
-        <v>401</v>
+        <v>384</v>
       </c>
       <c r="B250">
         <v>2018</v>
       </c>
       <c r="C250" t="s">
         <v>13</v>
       </c>
       <c r="D250" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E250" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="F250" t="s">
-        <v>86</v>
+        <v>164</v>
       </c>
     </row>
     <row r="251" spans="1:26">
       <c r="A251" s="1">
-        <v>406</v>
+        <v>389</v>
       </c>
       <c r="B251">
         <v>2018</v>
       </c>
       <c r="C251" t="s">
         <v>13</v>
       </c>
       <c r="D251" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E251" t="s">
-        <v>328</v>
+        <v>327</v>
       </c>
       <c r="F251" t="s">
-        <v>163</v>
+        <v>202</v>
       </c>
     </row>
     <row r="252" spans="1:26">
       <c r="A252" s="1">
-        <v>412</v>
+        <v>395</v>
       </c>
       <c r="B252">
         <v>2018</v>
       </c>
       <c r="C252" t="s">
         <v>13</v>
       </c>
       <c r="D252" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E252" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="F252" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="253" spans="1:26">
       <c r="A253" s="1">
-        <v>243</v>
+        <v>401</v>
       </c>
       <c r="B253">
         <v>2018</v>
       </c>
       <c r="C253" t="s">
         <v>13</v>
       </c>
       <c r="D253" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E253" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="F253" t="s">
-        <v>27</v>
+        <v>88</v>
       </c>
     </row>
     <row r="254" spans="1:26">
       <c r="A254" s="1">
-        <v>248</v>
+        <v>406</v>
       </c>
       <c r="B254">
         <v>2018</v>
       </c>
       <c r="C254" t="s">
         <v>13</v>
       </c>
       <c r="D254" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E254" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="F254" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
     </row>
     <row r="255" spans="1:26">
       <c r="A255" s="1">
-        <v>254</v>
+        <v>412</v>
       </c>
       <c r="B255">
         <v>2018</v>
       </c>
       <c r="C255" t="s">
         <v>13</v>
       </c>
       <c r="D255" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E255" t="s">
-        <v>332</v>
+        <v>331</v>
       </c>
       <c r="F255" t="s">
-        <v>167</v>
+        <v>207</v>
       </c>
     </row>
     <row r="256" spans="1:26">
       <c r="A256" s="1">
-        <v>267</v>
+        <v>243</v>
       </c>
       <c r="B256">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C256" t="s">
         <v>13</v>
       </c>
       <c r="D256" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E256" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="F256" t="s">
-        <v>175</v>
+        <v>27</v>
       </c>
     </row>
     <row r="257" spans="1:26">
       <c r="A257" s="1">
-        <v>273</v>
+        <v>248</v>
       </c>
       <c r="B257">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C257" t="s">
         <v>13</v>
       </c>
       <c r="D257" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E257" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
       <c r="F257" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
     </row>
     <row r="258" spans="1:26">
       <c r="A258" s="1">
-        <v>279</v>
+        <v>254</v>
       </c>
       <c r="B258">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C258" t="s">
         <v>13</v>
       </c>
       <c r="D258" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E258" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="F258" t="s">
-        <v>77</v>
+        <v>170</v>
       </c>
     </row>
     <row r="259" spans="1:26">
       <c r="A259" s="1">
-        <v>284</v>
+        <v>267</v>
       </c>
       <c r="B259">
         <v>2017</v>
       </c>
       <c r="C259" t="s">
         <v>13</v>
       </c>
       <c r="D259" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E259" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
       <c r="F259" t="s">
-        <v>221</v>
+        <v>178</v>
       </c>
     </row>
     <row r="260" spans="1:26">
       <c r="A260" s="1">
-        <v>289</v>
+        <v>273</v>
       </c>
       <c r="B260">
         <v>2017</v>
       </c>
       <c r="C260" t="s">
         <v>13</v>
       </c>
       <c r="D260" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E260" t="s">
-        <v>337</v>
+        <v>336</v>
       </c>
       <c r="F260" t="s">
-        <v>225</v>
+        <v>180</v>
       </c>
     </row>
     <row r="261" spans="1:26">
       <c r="A261" s="1">
-        <v>307</v>
+        <v>279</v>
       </c>
       <c r="B261">
         <v>2017</v>
       </c>
       <c r="C261" t="s">
         <v>13</v>
       </c>
       <c r="D261" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E261" t="s">
-        <v>338</v>
+        <v>337</v>
       </c>
       <c r="F261" t="s">
-        <v>182</v>
+        <v>79</v>
       </c>
     </row>
     <row r="262" spans="1:26">
       <c r="A262" s="1">
-        <v>318</v>
+        <v>284</v>
       </c>
       <c r="B262">
         <v>2017</v>
       </c>
       <c r="C262" t="s">
         <v>13</v>
       </c>
       <c r="D262" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E262" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="F262" t="s">
-        <v>88</v>
+        <v>224</v>
       </c>
     </row>
     <row r="263" spans="1:26">
       <c r="A263" s="1">
-        <v>336</v>
+        <v>289</v>
       </c>
       <c r="B263">
         <v>2017</v>
       </c>
       <c r="C263" t="s">
         <v>13</v>
       </c>
       <c r="D263" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E263" t="s">
-        <v>340</v>
+        <v>339</v>
       </c>
       <c r="F263" t="s">
-        <v>187</v>
+        <v>227</v>
       </c>
     </row>
     <row r="264" spans="1:26">
       <c r="A264" s="1">
-        <v>360</v>
+        <v>307</v>
       </c>
       <c r="B264">
         <v>2017</v>
       </c>
       <c r="C264" t="s">
         <v>13</v>
       </c>
       <c r="D264" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E264" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F264" t="s">
-        <v>192</v>
+        <v>185</v>
       </c>
     </row>
     <row r="265" spans="1:26">
       <c r="A265" s="1">
-        <v>366</v>
+        <v>318</v>
       </c>
       <c r="B265">
         <v>2017</v>
       </c>
       <c r="C265" t="s">
         <v>13</v>
       </c>
       <c r="D265" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E265" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="F265" t="s">
-        <v>194</v>
+        <v>90</v>
       </c>
     </row>
     <row r="266" spans="1:26">
       <c r="A266" s="1">
-        <v>390</v>
+        <v>336</v>
       </c>
       <c r="B266">
         <v>2017</v>
       </c>
       <c r="C266" t="s">
         <v>13</v>
       </c>
       <c r="D266" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E266" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="F266" t="s">
-        <v>199</v>
+        <v>190</v>
       </c>
     </row>
     <row r="267" spans="1:26">
       <c r="A267" s="1">
-        <v>396</v>
+        <v>360</v>
       </c>
       <c r="B267">
         <v>2017</v>
       </c>
       <c r="C267" t="s">
         <v>13</v>
       </c>
       <c r="D267" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E267" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="F267" t="s">
-        <v>201</v>
+        <v>195</v>
       </c>
     </row>
     <row r="268" spans="1:26">
       <c r="A268" s="1">
-        <v>407</v>
+        <v>366</v>
       </c>
       <c r="B268">
         <v>2017</v>
       </c>
       <c r="C268" t="s">
         <v>13</v>
       </c>
       <c r="D268" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E268" t="s">
-        <v>345</v>
+        <v>344</v>
       </c>
       <c r="F268" t="s">
-        <v>163</v>
+        <v>197</v>
       </c>
     </row>
     <row r="269" spans="1:26">
       <c r="A269" s="1">
-        <v>413</v>
+        <v>390</v>
       </c>
       <c r="B269">
         <v>2017</v>
       </c>
       <c r="C269" t="s">
         <v>13</v>
       </c>
       <c r="D269" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E269" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
       <c r="F269" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
     </row>
     <row r="270" spans="1:26">
       <c r="A270" s="1">
-        <v>249</v>
+        <v>396</v>
       </c>
       <c r="B270">
         <v>2017</v>
       </c>
       <c r="C270" t="s">
         <v>13</v>
       </c>
       <c r="D270" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E270" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="F270" t="s">
-        <v>172</v>
+        <v>204</v>
       </c>
     </row>
     <row r="271" spans="1:26">
       <c r="A271" s="1">
-        <v>255</v>
+        <v>407</v>
       </c>
       <c r="B271">
         <v>2017</v>
       </c>
       <c r="C271" t="s">
         <v>13</v>
       </c>
       <c r="D271" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E271" t="s">
+        <v>347</v>
+      </c>
+      <c r="F271" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="272" spans="1:26">
+      <c r="A272" s="1">
+        <v>413</v>
+      </c>
+      <c r="B272">
+        <v>2017</v>
+      </c>
+      <c r="C272" t="s">
+        <v>13</v>
+      </c>
+      <c r="D272" t="s">
+        <v>77</v>
+      </c>
+      <c r="E272" t="s">
         <v>348</v>
       </c>
-      <c r="F271" t="s">
-        <v>167</v>
+      <c r="F272" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="273" spans="1:26">
+      <c r="A273" s="1">
+        <v>249</v>
+      </c>
+      <c r="B273">
+        <v>2017</v>
+      </c>
+      <c r="C273" t="s">
+        <v>13</v>
+      </c>
+      <c r="D273" t="s">
+        <v>77</v>
+      </c>
+      <c r="E273" t="s">
+        <v>349</v>
+      </c>
+      <c r="F273" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="274" spans="1:26">
+      <c r="A274" s="1">
+        <v>255</v>
+      </c>
+      <c r="B274">
+        <v>2017</v>
+      </c>
+      <c r="C274" t="s">
+        <v>13</v>
+      </c>
+      <c r="D274" t="s">
+        <v>77</v>
+      </c>
+      <c r="E274" t="s">
+        <v>350</v>
+      </c>
+      <c r="F274" t="s">
+        <v>170</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">