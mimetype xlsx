--- v0 (2025-10-14)
+++ v1 (2026-01-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>logotipo_id</t>
   </si>
   <si>
     <t>nombre</t>
   </si>
   <si>
     <t>correo</t>
   </si>
   <si>
     <t>direccion</t>
   </si>
   <si>
     <t>web</t>
   </si>
   <si>
     <t>fb</t>
   </si>
   <si>
     <t>twitter</t>
   </si>
   <si>
@@ -87,50 +87,53 @@
     <t>Carrer del Palau Reial, 1 07001 Palma</t>
   </si>
   <si>
     <t>https://www.facebook.com/SocialistesdMca/</t>
   </si>
   <si>
     <t>https://www.psib-psoe.org/mallorca/</t>
   </si>
   <si>
     <t>https://twitter.com/socialistesdmca</t>
   </si>
   <si>
     <t>58.903,68</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1714726816Assignacions_grups_politics_2019_2023.docx</t>
   </si>
   <si>
     <t>#ff0000</t>
   </si>
   <si>
     <t>No adscrit</t>
   </si>
   <si>
     <t>19.909,98</t>
+  </si>
+  <si>
+    <t>#616161</t>
   </si>
   <si>
     <t>Grups Més per Mallorca</t>
   </si>
   <si>
     <t>mes@conselldemallorca.net</t>
   </si>
   <si>
     <t>https://www.mespermallorca.cat/</t>
   </si>
   <si>
     <t>https://www.facebook.com/mespermallorca</t>
   </si>
   <si>
     <t>https://twitter.com/MESperMallorca</t>
   </si>
   <si>
     <t>https://www.instagram.com/mespermallorca/</t>
   </si>
   <si>
     <t>34.550,40</t>
   </si>
   <si>
     <t>#96c200</t>
   </si>
@@ -639,51 +642,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z14"/>
+  <dimension ref="A1:Z15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="68" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="42" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="44" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="49" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="42" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="55" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="22" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="133" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="2" t="s">
@@ -779,484 +782,501 @@
         <v>26</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="1">
         <v>79</v>
       </c>
       <c r="B3">
         <v>17641</v>
       </c>
       <c r="C3" t="s">
         <v>23</v>
       </c>
       <c r="J3" t="s">
         <v>24</v>
       </c>
       <c r="K3" t="s">
         <v>21</v>
       </c>
       <c r="M3">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="1">
-        <v>74</v>
+        <v>251</v>
       </c>
       <c r="B4">
-        <v>13474</v>
+        <v>61473</v>
       </c>
       <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="L4" t="s">
         <v>25</v>
       </c>
-      <c r="D4" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="M4">
-        <v>26</v>
+        <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="1">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="B5">
-        <v>13476</v>
+        <v>13474</v>
       </c>
       <c r="C5" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="D5" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="E5" t="s">
         <v>16</v>
       </c>
       <c r="F5" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="G5" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="H5" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="I5" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="J5" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="K5" t="s">
-        <v>40</v>
+        <v>21</v>
       </c>
       <c r="L5" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="M5">
         <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="1">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B6">
-        <v>13480</v>
+        <v>13476</v>
       </c>
       <c r="C6" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="D6" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="E6" t="s">
         <v>16</v>
       </c>
       <c r="F6" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
       <c r="G6" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="H6" t="s">
-        <v>46</v>
+        <v>38</v>
+      </c>
+      <c r="I6" t="s">
+        <v>39</v>
       </c>
       <c r="J6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="K6" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="L6" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="M6">
         <v>26</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="1">
-        <v>118</v>
+        <v>75</v>
       </c>
       <c r="B7">
-        <v>13476</v>
+        <v>13480</v>
       </c>
       <c r="C7" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="D7" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="E7" t="s">
         <v>16</v>
       </c>
       <c r="F7" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="G7" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="H7" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="J7" t="s">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="K7" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="L7" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="M7">
-        <v>3</v>
+        <v>26</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="1">
-        <v>76</v>
+        <v>118</v>
       </c>
       <c r="B8">
-        <v>13482</v>
+        <v>13476</v>
       </c>
       <c r="C8" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="D8" t="s">
-        <v>53</v>
+        <v>35</v>
       </c>
       <c r="E8" t="s">
         <v>16</v>
       </c>
       <c r="F8" t="s">
-        <v>54</v>
+        <v>36</v>
       </c>
       <c r="G8" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="H8" t="s">
-        <v>56</v>
+        <v>38</v>
       </c>
       <c r="I8" t="s">
-        <v>57</v>
+        <v>39</v>
       </c>
       <c r="J8" t="s">
-        <v>39</v>
+        <v>51</v>
       </c>
       <c r="K8" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="L8" t="s">
-        <v>58</v>
+        <v>42</v>
       </c>
       <c r="M8">
-        <v>26</v>
+        <v>3</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="1">
-        <v>117</v>
+        <v>76</v>
       </c>
       <c r="B9">
-        <v>13475</v>
+        <v>13482</v>
       </c>
       <c r="C9" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="D9" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="E9" t="s">
         <v>16</v>
       </c>
       <c r="F9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="G9" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="H9" t="s">
-        <v>19</v>
+        <v>57</v>
+      </c>
+      <c r="I9" t="s">
+        <v>58</v>
       </c>
       <c r="J9" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="K9" t="s">
-        <v>61</v>
+        <v>21</v>
       </c>
       <c r="L9" t="s">
-        <v>22</v>
+        <v>59</v>
       </c>
       <c r="M9">
-        <v>3</v>
+        <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="1">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B10">
-        <v>13472</v>
+        <v>13475</v>
       </c>
       <c r="C10" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="D10" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="E10" t="s">
         <v>16</v>
       </c>
       <c r="F10" t="s">
-        <v>64</v>
+        <v>17</v>
       </c>
       <c r="G10" t="s">
-        <v>65</v>
+        <v>18</v>
       </c>
       <c r="H10" t="s">
-        <v>66</v>
+        <v>19</v>
       </c>
       <c r="J10" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="K10" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="L10" t="s">
-        <v>68</v>
+        <v>22</v>
       </c>
       <c r="M10">
         <v>3</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="1">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="B11">
-        <v>13474</v>
+        <v>13472</v>
       </c>
       <c r="C11" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>64</v>
       </c>
       <c r="E11" t="s">
         <v>16</v>
       </c>
       <c r="F11" t="s">
-        <v>27</v>
+        <v>65</v>
       </c>
       <c r="G11" t="s">
-        <v>28</v>
+        <v>66</v>
       </c>
       <c r="H11" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>67</v>
       </c>
       <c r="J11" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="K11" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="L11" t="s">
-        <v>32</v>
+        <v>69</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="1">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B12">
-        <v>13479</v>
+        <v>13474</v>
       </c>
       <c r="C12" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="D12" t="s">
-        <v>72</v>
+        <v>27</v>
       </c>
       <c r="E12" t="s">
         <v>16</v>
       </c>
       <c r="F12" t="s">
-        <v>73</v>
+        <v>28</v>
       </c>
       <c r="G12" t="s">
-        <v>74</v>
+        <v>29</v>
       </c>
       <c r="H12" t="s">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="I12" t="s">
-        <v>76</v>
+        <v>31</v>
       </c>
       <c r="J12" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="K12" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="L12" t="s">
-        <v>78</v>
+        <v>33</v>
       </c>
       <c r="M12">
         <v>3</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="1">
+        <v>119</v>
+      </c>
+      <c r="B13">
+        <v>13479</v>
+      </c>
+      <c r="C13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D13" t="s">
         <v>73</v>
-      </c>
-[...7 lines deleted...]
-        <v>63</v>
       </c>
       <c r="E13" t="s">
         <v>16</v>
       </c>
       <c r="F13" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="G13" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="H13" t="s">
-        <v>66</v>
+        <v>76</v>
+      </c>
+      <c r="I13" t="s">
+        <v>77</v>
       </c>
       <c r="J13" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="K13" t="s">
-        <v>21</v>
+        <v>62</v>
       </c>
       <c r="L13" t="s">
-        <v>68</v>
+        <v>79</v>
       </c>
       <c r="M13">
-        <v>26</v>
+        <v>3</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="1">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="B14">
-        <v>13479</v>
+        <v>13472</v>
       </c>
       <c r="C14" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="D14" t="s">
-        <v>72</v>
+        <v>64</v>
       </c>
       <c r="E14" t="s">
         <v>16</v>
       </c>
       <c r="F14" t="s">
-        <v>73</v>
+        <v>65</v>
       </c>
       <c r="G14" t="s">
-        <v>74</v>
+        <v>66</v>
       </c>
       <c r="H14" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="J14" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="K14" t="s">
         <v>21</v>
       </c>
       <c r="L14" t="s">
-        <v>78</v>
+        <v>69</v>
       </c>
       <c r="M14">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="15" spans="1:26">
+      <c r="A15" s="1">
+        <v>77</v>
+      </c>
+      <c r="B15">
+        <v>13479</v>
+      </c>
+      <c r="C15" t="s">
+        <v>82</v>
+      </c>
+      <c r="D15" t="s">
+        <v>73</v>
+      </c>
+      <c r="E15" t="s">
+        <v>16</v>
+      </c>
+      <c r="F15" t="s">
+        <v>74</v>
+      </c>
+      <c r="G15" t="s">
+        <v>75</v>
+      </c>
+      <c r="H15" t="s">
+        <v>76</v>
+      </c>
+      <c r="I15" t="s">
+        <v>77</v>
+      </c>
+      <c r="J15" t="s">
+        <v>83</v>
+      </c>
+      <c r="K15" t="s">
+        <v>21</v>
+      </c>
+      <c r="L15" t="s">
+        <v>79</v>
+      </c>
+      <c r="M15">
         <v>26</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>