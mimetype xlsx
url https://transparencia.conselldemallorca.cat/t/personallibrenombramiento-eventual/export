--- v0 (2025-12-06)
+++ v1 (2026-01-27)
@@ -98,186 +98,186 @@
   <si>
     <t>2023-2027 CAP DE PREMSA DEL PRESIDENT</t>
   </si>
   <si>
     <t>2023-11-20T00:00:00.000000Z</t>
   </si>
   <si>
     <t>MONTSERRAT VALLRIBERA VALLDEPERAS</t>
   </si>
   <si>
     <t>2023-2027 CAP DE RELACIONS AMB LA PRESIDÈNCIA</t>
   </si>
   <si>
     <t>2023-07-13T00:00:00.000000Z</t>
   </si>
   <si>
     <t>ELENA TABERNER PALMER</t>
   </si>
   <si>
     <t>2023-2027 CAP DE GABINET DE PRESIDÈNCIA</t>
   </si>
   <si>
     <t>2025-11-14T00:00:00.000000Z</t>
   </si>
   <si>
-    <t>63.086.39</t>
-[...2 lines deleted...]
-    <t>ANDRÉS FERRER VADELL</t>
+    <t>MARTA MARTÍNEZ FUSTER</t>
   </si>
   <si>
     <t>2023-2027 CAP DE GABINET DE VICEPRESIDÈNCIA</t>
   </si>
   <si>
     <t>JULENE VALDÉS BEITIA</t>
   </si>
   <si>
     <t>MIQUEL ADROVER MONSERRAT</t>
   </si>
   <si>
     <t>2023-2027 CAP DE COMUNICACIÓ DE DEPARTAMENT</t>
   </si>
   <si>
+    <t>CRISTINA EVA BARRIOS HERRANZ</t>
+  </si>
+  <si>
+    <t>2023-2027 PERIODISTA</t>
+  </si>
+  <si>
+    <t>2026-01-12T00:00:00.000000Z</t>
+  </si>
+  <si>
+    <t>MARIA DOLORES AMENGUAL SERRA</t>
+  </si>
+  <si>
+    <t>2025-12-31T00:00:00.000000Z</t>
+  </si>
+  <si>
     <t>JUAN FERRAGUT PERELLÓ</t>
   </si>
   <si>
-    <t>2023-2027 PERIODISTA</t>
-[...10 lines deleted...]
-  <si>
     <t>ARANZAZU SOTO LOMA CORO</t>
   </si>
   <si>
+    <t>CRISTOBAL MUÑOZ CUENCA</t>
+  </si>
+  <si>
+    <t>2023-2027 SECRETARI/A GRUP POLÍTIC</t>
+  </si>
+  <si>
+    <t>2023-08-18T00:00:00.000000Z</t>
+  </si>
+  <si>
+    <t>MARTA CATALA JORDA</t>
+  </si>
+  <si>
+    <t>2023-07-14T00:00:00.000000Z</t>
+  </si>
+  <si>
+    <t>ALBERT TRAVESSET CAMPANYÀ</t>
+  </si>
+  <si>
     <t>XESCA CARRERAS FIOL</t>
   </si>
   <si>
-    <t>2023-2027 SECRETARI/A GRUP POLÍTIC</t>
-[...7 lines deleted...]
-  <si>
     <t>DAVID JOSEP GILABERT LAHOSA</t>
   </si>
   <si>
     <t>BARTOMEU GILI NADAL</t>
   </si>
   <si>
     <t>JULIÁN MIR TUGORES</t>
   </si>
   <si>
-    <t>CRISTOBAL MUÑOZ CUENCA</t>
-[...4 lines deleted...]
-  <si>
     <t>CATALINA MARIA RIBAS NICOLAU</t>
   </si>
   <si>
-    <t>2023-2027 SECRETARIO/A GRUPO POLÍTICO</t>
-[...4 lines deleted...]
-  <si>
     <t>MARÍA VIDAL BENNSASSAR</t>
   </si>
   <si>
+    <t>PAULA MARIA AMENGUAL NICOLAU</t>
+  </si>
+  <si>
+    <t>2023-2027 SECRETARI/A 2n GRUP POLÍTIC</t>
+  </si>
+  <si>
+    <t>2025-12-10T00:00:00.000000Z</t>
+  </si>
+  <si>
+    <t>SERGIO RIGO MARTÍNEZ</t>
+  </si>
+  <si>
+    <t>2025-11-05T00:00:00.000000Z</t>
+  </si>
+  <si>
+    <t>FRANCISCA GAMUNDI PENWILL</t>
+  </si>
+  <si>
+    <t>2025-05-16T00:00:00.000000Z</t>
+  </si>
+  <si>
+    <t>MAGDALENA MARIA GARCIA PERELLO</t>
+  </si>
+  <si>
+    <t>2025-05-06T00:00:00.000000Z</t>
+  </si>
+  <si>
+    <t>ALEJANDRA CAÑELLAS NAVARRO</t>
+  </si>
+  <si>
+    <t>2025-05-02T00:00:00.000000Z</t>
+  </si>
+  <si>
+    <t>PAULA DARDER FRONTERA</t>
+  </si>
+  <si>
+    <t>2023-11-22T00:00:00.000000Z</t>
+  </si>
+  <si>
+    <t>MARIA INMACULADA PAYERAS BALLE</t>
+  </si>
+  <si>
+    <t>2023-09-13T00:00:00.000000Z</t>
+  </si>
+  <si>
     <t>JOSE MARIA AMENGUAL MUÑOZ</t>
   </si>
   <si>
-    <t>2023-2027 SECRETARI/A 2n GRUP POLÍTIC</t>
-[...1 lines deleted...]
-  <si>
     <t>2023-07-26T00:00:00.000000Z</t>
   </si>
   <si>
+    <t>JUAN RAFAEL ENCINAS BISQUERRA</t>
+  </si>
+  <si>
     <t>MARIA ÀNGELS CLADERA BENNASSAR</t>
   </si>
   <si>
     <t>2023-07-20T00:00:00.000000Z</t>
   </si>
   <si>
-    <t>PAULA DARDER FRONTERA</t>
-[...13 lines deleted...]
-  <si>
     <t>BERNAT RAMIS GONZÁLEZ</t>
   </si>
   <si>
     <t>MARC VICH CLADERA</t>
-  </si>
-[...25 lines deleted...]
-    <t>MARIA ROMERO MATAS</t>
   </si>
   <si>
     <t>2019-2023</t>
   </si>
   <si>
     <t>CATALINA SAGRERA LLEONART</t>
   </si>
   <si>
     <t>2019-2023 PERIODISTA</t>
   </si>
   <si>
     <t>2019-07-18T00:00:00.000000Z</t>
   </si>
   <si>
     <t>CATALINA NEUS NICOLAU SOCIAS</t>
   </si>
   <si>
     <t>0222-07-11T00:00:00.000000Z</t>
   </si>
   <si>
     <t>MARINA SANCHO FERRER</t>
   </si>
   <si>
     <t>2020-06-08T00:00:00.000000Z</t>
   </si>
@@ -786,51 +786,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z64"/>
+  <dimension ref="A1:Z65"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="39" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="54" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="32" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="22" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="19" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6" bestFit="true" customWidth="true" style="0"/>
   </cols>
@@ -877,1494 +877,1517 @@
       </c>
       <c r="N1" s="2" t="s">
         <v>13</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>14</v>
       </c>
       <c r="P1" s="2" t="s">
         <v>15</v>
       </c>
       <c r="Q1" s="2" t="s">
         <v>16</v>
       </c>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="2"/>
       <c r="U1" s="2"/>
       <c r="V1" s="2"/>
       <c r="W1" s="2"/>
       <c r="X1" s="2"/>
       <c r="Y1" s="2"/>
       <c r="Z1" s="2"/>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="1">
-        <v>732</v>
+        <v>888</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="H2" t="s">
         <v>21</v>
       </c>
       <c r="P2">
         <v>57803.2</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="1">
-        <v>733</v>
+        <v>889</v>
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>22</v>
       </c>
       <c r="E3" t="s">
         <v>23</v>
       </c>
       <c r="H3" t="s">
         <v>24</v>
       </c>
       <c r="P3">
         <v>57803.2</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="1">
-        <v>734</v>
+        <v>890</v>
       </c>
       <c r="B4" t="s">
         <v>17</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>25</v>
       </c>
       <c r="E4" t="s">
         <v>26</v>
       </c>
       <c r="H4" t="s">
         <v>27</v>
       </c>
-      <c r="P4" t="s">
-        <v>28</v>
+      <c r="P4">
+        <v>63086.39</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="1">
-        <v>735</v>
+        <v>891</v>
       </c>
       <c r="B5" t="s">
         <v>17</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E5" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="H5" t="s">
         <v>24</v>
       </c>
       <c r="P5">
         <v>56316.41</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="1">
-        <v>736</v>
+        <v>892</v>
       </c>
       <c r="B6" t="s">
         <v>17</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="E6" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H6" t="s">
         <v>24</v>
       </c>
       <c r="P6">
         <v>56316.41</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="1">
-        <v>737</v>
+        <v>893</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
+        <v>31</v>
+      </c>
+      <c r="E7" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="H7" t="s">
         <v>24</v>
       </c>
       <c r="P7">
         <v>53634.69</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="1">
-        <v>738</v>
+        <v>894</v>
       </c>
       <c r="B8" t="s">
         <v>17</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="E8" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="H8" t="s">
         <v>24</v>
       </c>
       <c r="P8">
-        <v>53634.69</v>
+        <v>56316.41</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="1">
-        <v>739</v>
+        <v>895</v>
       </c>
       <c r="B9" t="s">
         <v>17</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="E9" t="s">
+        <v>34</v>
+      </c>
+      <c r="H9" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="P9">
         <v>53634.69</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="1">
-        <v>740</v>
+        <v>896</v>
       </c>
       <c r="B10" t="s">
         <v>17</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
+        <v>36</v>
+      </c>
+      <c r="E10" t="s">
+        <v>34</v>
+      </c>
+      <c r="H10" t="s">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
       <c r="P10">
         <v>53634.69</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="1">
-        <v>741</v>
+        <v>897</v>
       </c>
       <c r="B11" t="s">
         <v>17</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="E11" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="H11" t="s">
         <v>24</v>
       </c>
       <c r="P11">
         <v>53634.69</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="1">
-        <v>742</v>
+        <v>898</v>
       </c>
       <c r="B12" t="s">
         <v>17</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="E12" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="H12" t="s">
         <v>24</v>
       </c>
       <c r="P12">
-        <v>46728</v>
+        <v>53634.69</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="1">
-        <v>743</v>
+        <v>899</v>
       </c>
       <c r="B13" t="s">
         <v>17</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="E13" t="s">
         <v>41</v>
       </c>
       <c r="H13" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="P13">
         <v>46728</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="1">
-        <v>744</v>
+        <v>900</v>
       </c>
       <c r="B14" t="s">
         <v>17</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="E14" t="s">
         <v>41</v>
       </c>
       <c r="H14" t="s">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="P14">
         <v>46728</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="1">
-        <v>745</v>
+        <v>901</v>
       </c>
       <c r="B15" t="s">
         <v>17</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
         <v>45</v>
       </c>
       <c r="E15" t="s">
         <v>41</v>
       </c>
       <c r="H15" t="s">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="P15">
         <v>46728</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="1">
-        <v>746</v>
+        <v>902</v>
       </c>
       <c r="B16" t="s">
         <v>17</v>
       </c>
       <c r="C16" t="s">
         <v>18</v>
       </c>
       <c r="D16" t="s">
         <v>46</v>
       </c>
       <c r="E16" t="s">
         <v>41</v>
       </c>
       <c r="H16" t="s">
         <v>24</v>
       </c>
       <c r="P16">
         <v>46728</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="1">
-        <v>747</v>
+        <v>903</v>
       </c>
       <c r="B17" t="s">
         <v>17</v>
       </c>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
         <v>47</v>
       </c>
       <c r="E17" t="s">
         <v>41</v>
       </c>
       <c r="H17" t="s">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="P17">
         <v>46728</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="1">
-        <v>748</v>
+        <v>904</v>
       </c>
       <c r="B18" t="s">
         <v>17</v>
       </c>
       <c r="C18" t="s">
         <v>18</v>
       </c>
       <c r="D18" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="E18" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="H18" t="s">
         <v>24</v>
       </c>
       <c r="P18">
         <v>46728</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="1">
-        <v>749</v>
+        <v>905</v>
       </c>
       <c r="B19" t="s">
         <v>17</v>
       </c>
       <c r="C19" t="s">
         <v>18</v>
       </c>
       <c r="D19" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="E19" t="s">
         <v>41</v>
       </c>
       <c r="H19" t="s">
-        <v>43</v>
+        <v>24</v>
       </c>
       <c r="P19">
         <v>46728</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="1">
-        <v>750</v>
+        <v>906</v>
       </c>
       <c r="B20" t="s">
         <v>17</v>
       </c>
       <c r="C20" t="s">
         <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="E20" t="s">
         <v>41</v>
       </c>
       <c r="H20" t="s">
         <v>24</v>
       </c>
       <c r="P20">
         <v>46728</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="1">
-        <v>751</v>
+        <v>907</v>
       </c>
       <c r="B21" t="s">
         <v>17</v>
       </c>
       <c r="C21" t="s">
         <v>18</v>
       </c>
       <c r="D21" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="E21" t="s">
-        <v>54</v>
+        <v>41</v>
       </c>
       <c r="H21" t="s">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="P21">
-        <v>38660.17</v>
+        <v>46728</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="1">
-        <v>752</v>
+        <v>908</v>
       </c>
       <c r="B22" t="s">
         <v>17</v>
       </c>
       <c r="C22" t="s">
         <v>18</v>
       </c>
       <c r="D22" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="E22" t="s">
+        <v>53</v>
+      </c>
+      <c r="H22" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="P22">
         <v>38660.17</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="1">
-        <v>753</v>
+        <v>909</v>
       </c>
       <c r="B23" t="s">
         <v>17</v>
       </c>
       <c r="C23" t="s">
         <v>18</v>
       </c>
       <c r="D23" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="E23" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="H23" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="P23">
         <v>38660.17</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="1">
-        <v>754</v>
+        <v>910</v>
       </c>
       <c r="B24" t="s">
         <v>17</v>
       </c>
       <c r="C24" t="s">
         <v>18</v>
       </c>
       <c r="D24" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="E24" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="H24" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="P24">
         <v>38660.17</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="1">
-        <v>755</v>
+        <v>911</v>
       </c>
       <c r="B25" t="s">
         <v>17</v>
       </c>
       <c r="C25" t="s">
         <v>18</v>
       </c>
       <c r="D25" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="E25" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="H25" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="P25">
         <v>38660.17</v>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="1">
-        <v>756</v>
+        <v>912</v>
       </c>
       <c r="B26" t="s">
         <v>17</v>
       </c>
       <c r="C26" t="s">
         <v>18</v>
       </c>
       <c r="D26" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="E26" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="H26" t="s">
-        <v>24</v>
+        <v>62</v>
       </c>
       <c r="P26">
         <v>38660.17</v>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="1">
-        <v>757</v>
+        <v>913</v>
       </c>
       <c r="B27" t="s">
         <v>17</v>
       </c>
       <c r="C27" t="s">
         <v>18</v>
       </c>
       <c r="D27" t="s">
+        <v>63</v>
+      </c>
+      <c r="E27" t="s">
+        <v>53</v>
+      </c>
+      <c r="H27" t="s">
         <v>64</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
       <c r="P27">
         <v>38660.17</v>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="1">
-        <v>758</v>
+        <v>914</v>
       </c>
       <c r="B28" t="s">
         <v>17</v>
       </c>
       <c r="C28" t="s">
         <v>18</v>
       </c>
       <c r="D28" t="s">
         <v>65</v>
       </c>
       <c r="E28" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="H28" t="s">
         <v>66</v>
       </c>
       <c r="P28">
         <v>38660.17</v>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="1">
-        <v>759</v>
+        <v>915</v>
       </c>
       <c r="B29" t="s">
         <v>17</v>
       </c>
       <c r="C29" t="s">
         <v>18</v>
       </c>
       <c r="D29" t="s">
         <v>67</v>
       </c>
       <c r="E29" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="H29" t="s">
         <v>68</v>
       </c>
       <c r="P29">
         <v>38660.17</v>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="1">
-        <v>760</v>
+        <v>916</v>
       </c>
       <c r="B30" t="s">
         <v>17</v>
       </c>
       <c r="C30" t="s">
         <v>18</v>
       </c>
       <c r="D30" t="s">
         <v>69</v>
       </c>
       <c r="E30" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="H30" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="P30">
         <v>38660.17</v>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="1">
-        <v>761</v>
+        <v>917</v>
       </c>
       <c r="B31" t="s">
         <v>17</v>
       </c>
       <c r="C31" t="s">
         <v>18</v>
       </c>
       <c r="D31" t="s">
+        <v>70</v>
+      </c>
+      <c r="E31" t="s">
+        <v>53</v>
+      </c>
+      <c r="H31" t="s">
         <v>71</v>
-      </c>
-[...4 lines deleted...]
-        <v>72</v>
       </c>
       <c r="P31">
         <v>38660.17</v>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="1">
-        <v>762</v>
+        <v>918</v>
       </c>
       <c r="B32" t="s">
         <v>17</v>
       </c>
       <c r="C32" t="s">
         <v>18</v>
       </c>
       <c r="D32" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="E32" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="H32" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="P32">
         <v>38660.17</v>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="1">
-        <v>768</v>
+        <v>919</v>
       </c>
       <c r="B33" t="s">
-        <v>74</v>
+        <v>17</v>
       </c>
       <c r="C33" t="s">
         <v>18</v>
       </c>
       <c r="D33" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="E33" t="s">
-        <v>76</v>
+        <v>53</v>
       </c>
       <c r="H33" t="s">
-        <v>77</v>
+        <v>24</v>
       </c>
       <c r="P33">
-        <v>48668.21</v>
+        <v>38660.17</v>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="1">
-        <v>769</v>
+        <v>768</v>
       </c>
       <c r="B34" t="s">
         <v>74</v>
       </c>
       <c r="C34" t="s">
         <v>18</v>
       </c>
       <c r="D34" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="E34" t="s">
         <v>76</v>
       </c>
       <c r="H34" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="P34">
         <v>48668.21</v>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="1">
-        <v>770</v>
+        <v>769</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35" t="s">
         <v>18</v>
       </c>
       <c r="D35" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="E35" t="s">
         <v>76</v>
       </c>
       <c r="H35" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="P35">
         <v>48668.21</v>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="1">
-        <v>771</v>
+        <v>770</v>
       </c>
       <c r="B36" t="s">
         <v>74</v>
       </c>
       <c r="C36" t="s">
         <v>18</v>
       </c>
       <c r="D36" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="E36" t="s">
         <v>76</v>
       </c>
       <c r="H36" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="P36">
         <v>48668.21</v>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="1">
-        <v>772</v>
+        <v>771</v>
       </c>
       <c r="B37" t="s">
         <v>74</v>
       </c>
       <c r="C37" t="s">
         <v>18</v>
       </c>
       <c r="D37" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="E37" t="s">
         <v>76</v>
       </c>
       <c r="H37" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="P37">
         <v>48668.21</v>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="1">
-        <v>773</v>
+        <v>772</v>
       </c>
       <c r="B38" t="s">
         <v>74</v>
       </c>
       <c r="C38" t="s">
         <v>18</v>
       </c>
       <c r="D38" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="E38" t="s">
-        <v>87</v>
+        <v>76</v>
       </c>
       <c r="H38" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="P38">
-        <v>33606.76</v>
+        <v>48668.21</v>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="1">
-        <v>774</v>
+        <v>773</v>
       </c>
       <c r="B39" t="s">
         <v>74</v>
       </c>
       <c r="C39" t="s">
         <v>18</v>
       </c>
       <c r="D39" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="E39" t="s">
         <v>87</v>
       </c>
       <c r="H39" t="s">
-        <v>77</v>
+        <v>88</v>
       </c>
       <c r="P39">
         <v>33606.76</v>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="1">
-        <v>775</v>
+        <v>774</v>
       </c>
       <c r="B40" t="s">
         <v>74</v>
       </c>
       <c r="C40" t="s">
         <v>18</v>
       </c>
       <c r="D40" t="s">
-        <v>89</v>
+        <v>50</v>
       </c>
       <c r="E40" t="s">
         <v>87</v>
       </c>
       <c r="H40" t="s">
         <v>77</v>
       </c>
       <c r="P40">
         <v>33606.76</v>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="1">
-        <v>776</v>
+        <v>775</v>
       </c>
       <c r="B41" t="s">
         <v>74</v>
       </c>
       <c r="C41" t="s">
         <v>18</v>
       </c>
       <c r="D41" t="s">
-        <v>60</v>
+        <v>89</v>
       </c>
       <c r="E41" t="s">
         <v>87</v>
       </c>
       <c r="H41" t="s">
         <v>77</v>
       </c>
       <c r="P41">
         <v>33606.76</v>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" s="1">
-        <v>777</v>
+        <v>776</v>
       </c>
       <c r="B42" t="s">
         <v>74</v>
       </c>
       <c r="C42" t="s">
         <v>18</v>
       </c>
       <c r="D42" t="s">
-        <v>90</v>
+        <v>69</v>
       </c>
       <c r="E42" t="s">
         <v>87</v>
       </c>
       <c r="H42" t="s">
-        <v>91</v>
+        <v>77</v>
       </c>
       <c r="P42">
         <v>33606.76</v>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" s="1">
-        <v>778</v>
+        <v>777</v>
       </c>
       <c r="B43" t="s">
         <v>74</v>
       </c>
       <c r="C43" t="s">
         <v>18</v>
       </c>
       <c r="D43" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="E43" t="s">
         <v>87</v>
       </c>
       <c r="H43" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="P43">
         <v>33606.76</v>
       </c>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" s="1">
-        <v>779</v>
+        <v>778</v>
       </c>
       <c r="B44" t="s">
         <v>74</v>
       </c>
       <c r="C44" t="s">
         <v>18</v>
       </c>
       <c r="D44" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="E44" t="s">
         <v>87</v>
       </c>
       <c r="H44" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="P44">
         <v>33606.76</v>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" s="1">
-        <v>780</v>
+        <v>779</v>
       </c>
       <c r="B45" t="s">
         <v>74</v>
       </c>
       <c r="C45" t="s">
         <v>18</v>
       </c>
       <c r="D45" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E45" t="s">
         <v>87</v>
       </c>
       <c r="H45" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="P45">
         <v>33606.76</v>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" s="1">
-        <v>781</v>
+        <v>780</v>
       </c>
       <c r="B46" t="s">
         <v>74</v>
       </c>
       <c r="C46" t="s">
         <v>18</v>
       </c>
       <c r="D46" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="E46" t="s">
         <v>87</v>
       </c>
       <c r="H46" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="P46">
         <v>33606.76</v>
       </c>
     </row>
     <row r="47" spans="1:26">
       <c r="A47" s="1">
-        <v>782</v>
+        <v>781</v>
       </c>
       <c r="B47" t="s">
         <v>74</v>
       </c>
       <c r="C47" t="s">
         <v>18</v>
       </c>
       <c r="D47" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="E47" t="s">
-        <v>101</v>
+        <v>87</v>
       </c>
       <c r="H47" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="P47">
-        <v>27804.38</v>
+        <v>33606.76</v>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" s="1">
-        <v>783</v>
+        <v>782</v>
       </c>
       <c r="B48" t="s">
         <v>74</v>
       </c>
       <c r="C48" t="s">
         <v>18</v>
       </c>
       <c r="D48" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="E48" t="s">
         <v>101</v>
       </c>
       <c r="H48" t="s">
-        <v>77</v>
+        <v>102</v>
       </c>
       <c r="P48">
         <v>27804.38</v>
       </c>
     </row>
     <row r="49" spans="1:26">
       <c r="A49" s="1">
-        <v>784</v>
+        <v>783</v>
       </c>
       <c r="B49" t="s">
         <v>74</v>
       </c>
       <c r="C49" t="s">
         <v>18</v>
       </c>
       <c r="D49" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="E49" t="s">
         <v>101</v>
       </c>
       <c r="H49" t="s">
         <v>77</v>
       </c>
       <c r="P49">
         <v>27804.38</v>
       </c>
     </row>
     <row r="50" spans="1:26">
       <c r="A50" s="1">
-        <v>785</v>
+        <v>784</v>
       </c>
       <c r="B50" t="s">
         <v>74</v>
       </c>
       <c r="C50" t="s">
         <v>18</v>
       </c>
       <c r="D50" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="E50" t="s">
         <v>101</v>
       </c>
       <c r="H50" t="s">
-        <v>106</v>
+        <v>77</v>
       </c>
       <c r="P50">
         <v>27804.38</v>
       </c>
     </row>
     <row r="51" spans="1:26">
       <c r="A51" s="1">
-        <v>786</v>
+        <v>785</v>
       </c>
       <c r="B51" t="s">
         <v>74</v>
       </c>
       <c r="C51" t="s">
         <v>18</v>
       </c>
       <c r="D51" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="E51" t="s">
         <v>101</v>
       </c>
       <c r="H51" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="P51">
         <v>27804.38</v>
       </c>
     </row>
     <row r="52" spans="1:26">
       <c r="A52" s="1">
-        <v>787</v>
+        <v>786</v>
       </c>
       <c r="B52" t="s">
         <v>74</v>
       </c>
       <c r="C52" t="s">
         <v>18</v>
       </c>
       <c r="D52" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="E52" t="s">
         <v>101</v>
       </c>
       <c r="H52" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="P52">
         <v>27804.38</v>
       </c>
     </row>
     <row r="53" spans="1:26">
       <c r="A53" s="1">
-        <v>788</v>
+        <v>787</v>
       </c>
       <c r="B53" t="s">
         <v>74</v>
       </c>
       <c r="C53" t="s">
         <v>18</v>
       </c>
       <c r="D53" t="s">
-        <v>63</v>
+        <v>109</v>
       </c>
       <c r="E53" t="s">
         <v>101</v>
       </c>
       <c r="H53" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="P53">
         <v>27804.38</v>
       </c>
     </row>
     <row r="54" spans="1:26">
       <c r="A54" s="1">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="B54" t="s">
         <v>74</v>
       </c>
       <c r="C54" t="s">
         <v>18</v>
       </c>
       <c r="D54" t="s">
-        <v>112</v>
+        <v>72</v>
       </c>
       <c r="E54" t="s">
         <v>101</v>
       </c>
       <c r="H54" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="P54">
         <v>27804.38</v>
       </c>
     </row>
     <row r="55" spans="1:26">
       <c r="A55" s="1">
-        <v>790</v>
+        <v>789</v>
       </c>
       <c r="B55" t="s">
         <v>74</v>
       </c>
       <c r="C55" t="s">
         <v>18</v>
       </c>
       <c r="D55" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="E55" t="s">
         <v>101</v>
       </c>
       <c r="H55" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="P55">
         <v>27804.38</v>
       </c>
     </row>
     <row r="56" spans="1:26">
       <c r="A56" s="1">
-        <v>791</v>
+        <v>790</v>
       </c>
       <c r="B56" t="s">
         <v>74</v>
       </c>
       <c r="C56" t="s">
         <v>18</v>
       </c>
       <c r="D56" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="E56" t="s">
         <v>101</v>
       </c>
       <c r="H56" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="P56">
         <v>27804.38</v>
       </c>
     </row>
     <row r="57" spans="1:26">
       <c r="A57" s="1">
-        <v>792</v>
+        <v>791</v>
       </c>
       <c r="B57" t="s">
         <v>74</v>
       </c>
       <c r="C57" t="s">
         <v>18</v>
       </c>
       <c r="D57" t="s">
-        <v>64</v>
+        <v>116</v>
       </c>
       <c r="E57" t="s">
         <v>101</v>
       </c>
       <c r="H57" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="P57">
         <v>27804.38</v>
       </c>
     </row>
     <row r="58" spans="1:26">
       <c r="A58" s="1">
-        <v>793</v>
+        <v>792</v>
       </c>
       <c r="B58" t="s">
         <v>74</v>
       </c>
       <c r="C58" t="s">
         <v>18</v>
       </c>
       <c r="D58" t="s">
-        <v>119</v>
+        <v>73</v>
       </c>
       <c r="E58" t="s">
         <v>101</v>
       </c>
       <c r="H58" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="P58">
         <v>27804.38</v>
       </c>
     </row>
     <row r="59" spans="1:26">
       <c r="A59" s="1">
-        <v>794</v>
+        <v>793</v>
       </c>
       <c r="B59" t="s">
         <v>74</v>
       </c>
       <c r="C59" t="s">
         <v>18</v>
       </c>
       <c r="D59" t="s">
-        <v>31</v>
+        <v>119</v>
       </c>
       <c r="E59" t="s">
         <v>101</v>
       </c>
       <c r="H59" t="s">
-        <v>91</v>
+        <v>120</v>
       </c>
       <c r="P59">
         <v>27804.38</v>
       </c>
     </row>
     <row r="60" spans="1:26">
       <c r="A60" s="1">
-        <v>763</v>
+        <v>794</v>
       </c>
       <c r="B60" t="s">
         <v>74</v>
       </c>
       <c r="C60" t="s">
         <v>18</v>
       </c>
       <c r="D60" t="s">
-        <v>121</v>
+        <v>30</v>
       </c>
       <c r="E60" t="s">
-        <v>122</v>
+        <v>101</v>
       </c>
       <c r="H60" t="s">
-        <v>123</v>
+        <v>91</v>
       </c>
       <c r="P60">
-        <v>52450.73</v>
+        <v>27804.38</v>
       </c>
     </row>
     <row r="61" spans="1:26">
       <c r="A61" s="1">
-        <v>764</v>
+        <v>763</v>
       </c>
       <c r="B61" t="s">
         <v>74</v>
       </c>
       <c r="C61" t="s">
         <v>18</v>
       </c>
       <c r="D61" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="E61" t="s">
         <v>122</v>
       </c>
       <c r="H61" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="P61">
-        <v>52429.98</v>
+        <v>52450.73</v>
       </c>
     </row>
     <row r="62" spans="1:26">
       <c r="A62" s="1">
-        <v>765</v>
+        <v>764</v>
       </c>
       <c r="B62" t="s">
         <v>74</v>
       </c>
       <c r="C62" t="s">
         <v>18</v>
       </c>
       <c r="D62" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="E62" t="s">
         <v>122</v>
       </c>
       <c r="H62" t="s">
-        <v>77</v>
+        <v>125</v>
       </c>
       <c r="P62">
-        <v>51101.6</v>
+        <v>52429.98</v>
       </c>
     </row>
     <row r="63" spans="1:26">
       <c r="A63" s="1">
-        <v>766</v>
+        <v>765</v>
       </c>
       <c r="B63" t="s">
         <v>74</v>
       </c>
       <c r="C63" t="s">
         <v>18</v>
       </c>
       <c r="D63" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="E63" t="s">
-        <v>128</v>
+        <v>122</v>
       </c>
       <c r="H63" t="s">
-        <v>129</v>
+        <v>77</v>
       </c>
       <c r="P63">
         <v>51101.6</v>
       </c>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" s="1">
+        <v>766</v>
+      </c>
+      <c r="B64" t="s">
+        <v>74</v>
+      </c>
+      <c r="C64" t="s">
+        <v>18</v>
+      </c>
+      <c r="D64" t="s">
+        <v>127</v>
+      </c>
+      <c r="E64" t="s">
+        <v>128</v>
+      </c>
+      <c r="H64" t="s">
+        <v>129</v>
+      </c>
+      <c r="P64">
+        <v>51101.6</v>
+      </c>
+    </row>
+    <row r="65" spans="1:26">
+      <c r="A65" s="1">
         <v>767</v>
       </c>
-      <c r="B64" t="s">
-[...5 lines deleted...]
-      <c r="D64" t="s">
+      <c r="B65" t="s">
+        <v>74</v>
+      </c>
+      <c r="C65" t="s">
+        <v>18</v>
+      </c>
+      <c r="D65" t="s">
         <v>130</v>
       </c>
-      <c r="E64" t="s">
+      <c r="E65" t="s">
         <v>76</v>
       </c>
-      <c r="H64" t="s">
+      <c r="H65" t="s">
         <v>131</v>
       </c>
-      <c r="P64">
+      <c r="P65">
         <v>48668.21</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>