--- v0 (2025-10-14)
+++ v1 (2026-01-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="216">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="238">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>ejercicio</t>
   </si>
   <si>
     <t>aprobacion_inicial</t>
   </si>
   <si>
     <t>aprobacion_definitiva</t>
   </si>
   <si>
     <t>alegaciones</t>
   </si>
   <si>
     <t>presupuesto_de_ingresos</t>
   </si>
   <si>
     <t>presupuesto_de_gastos</t>
   </si>
   <si>
     <t>memoria</t>
   </si>
   <si>
@@ -117,50 +117,116 @@
     <t>cap_4_ingresos</t>
   </si>
   <si>
     <t>cap_5_ingresos</t>
   </si>
   <si>
     <t>cap_6_ingresos</t>
   </si>
   <si>
     <t>cap_7_ingresos</t>
   </si>
   <si>
     <t>cap_8_ingresos</t>
   </si>
   <si>
     <t>cap_9_ingresos</t>
   </si>
   <si>
     <t>liquidacion</t>
   </si>
   <si>
     <t>anexos</t>
   </si>
   <si>
     <t>entidades_participadas</t>
+  </si>
+  <si>
+    <t>https://transparencia.conselldemallorca.cat/storage/uploads/1767102837Certificat%20d'aprovaci%C3%B3%20de%20la%20proposta%20del%20Pressupost%202026.%20Exp.%201355470Y%20-%20SEFYCU%204249838.pdf</t>
+  </si>
+  <si>
+    <t>https://transparencia.conselldemallorca.cat/storage/uploads/1767102870CERTIF~1.PDF</t>
+  </si>
+  <si>
+    <t>https://transparencia.conselldemallorca.cat/storage/uploads/176710284001.%20Alegacions%20MES.pdf , https://transparencia.conselldemallorca.cat/storage/uploads/176710284002.%20Alegacions%20PSIB.pdf , https://transparencia.conselldemallorca.cat/storage/uploads/176710284103.%20Alegacions%20STEI.pdf , https://transparencia.conselldemallorca.cat/storage/uploads/176710284004.%20Alegacions%20personal%20IMAS.pdf , https://transparencia.conselldemallorca.cat/storage/uploads/176710284105._Informe%20DI%20reclamacions%20Pressupost%202026%20-%20SEFYCU%204294911.pdf</t>
+  </si>
+  <si>
+    <t>https://transparencia.conselldemallorca.cat/storage/uploads/1767102875162_Ingressos_.pdf</t>
+  </si>
+  <si>
+    <t>https://transparencia.conselldemallorca.cat/storage/uploads/1767102843Despeses_presidencia.pdf , https://transparencia.conselldemallorca.cat/storage/uploads/1767102844Despeses_Hisenda.pdf , https://transparencia.conselldemallorca.cat/storage/uploads/1767102845Despeses_Cultura.pdf , https://transparencia.conselldemallorca.cat/storage/uploads/1767102843Despeses_Turisme.pdf , https://transparencia.conselldemallorca.cat/storage/uploads/1767102844Despeses_Benestar_Social.pdf , https://transparencia.conselldemallorca.cat/storage/uploads/1767102844Despeses_Medi_Ambient.pdf , https://transparencia.conselldemallorca.cat/storage/uploads/1767103015DEPESE~1.PDF , https://transparencia.conselldemallorca.cat/storage/uploads/1767103019DESPES~1.PDF</t>
+  </si>
+  <si>
+    <t>https://transparencia.conselldemallorca.cat/storage/uploads/176710288115_Memories.pdf</t>
+  </si>
+  <si>
+    <t>https://transparencia.conselldemallorca.cat/storage/uploads/176710284814_Bases_dexecucio_del_Pressupost_-_SEFYCU_4228142.pdf</t>
+  </si>
+  <si>
+    <t>https://transparencia.conselldemallorca.cat/storage/uploads/17671028851.3.%20Informe%20econ%C3%B2mic%20financer%20PTO%202026%20-%20SEFYCU%204222100.pdf , https://transparencia.conselldemallorca.cat/storage/uploads/17671028850.2%20Informe%20estabilitat%20pressupost%C3%A0ria.pdf</t>
+  </si>
+  <si>
+    <t>[{"enlace":"https:\/\/transparencia.conselldemallorca.cat\/storage\/uploads\/17671028502026%20Consolidat%20-%20SEFYCU%204232819.pdf","nombre":"Consolidat"}]</t>
+  </si>
+  <si>
+    <t>https://transparencia.conselldemallorca.cat/storage/uploads/1767102852160__Organigrama_.pdf</t>
+  </si>
+  <si>
+    <t>737039948,7</t>
+  </si>
+  <si>
+    <t>111409154,02</t>
+  </si>
+  <si>
+    <t>114548126,9</t>
+  </si>
+  <si>
+    <t>67423782,52</t>
+  </si>
+  <si>
+    <t>61460200,3</t>
+  </si>
+  <si>
+    <t>27278743,85</t>
+  </si>
+  <si>
+    <t>23411032,41</t>
+  </si>
+  <si>
+    <t>25851867,09</t>
+  </si>
+  <si>
+    <t>530504747,9</t>
+  </si>
+  <si>
+    <t>8623089,33</t>
+  </si>
+  <si>
+    <t>85566468,16</t>
+  </si>
+  <si>
+    <t>https://transparencia.conselldemallorca.cat/storage/uploads/176710289512_Annex_dinversions_2026_-_SEFYCU_4222083.pdf</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/173495047001_Proposta_-_SEFYCU_3682076.pdf</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1734951967CERTIF~1.PDF</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1734950635Annex_I_esmenes_parcials_Grup_El_Pi.pdf , https://transparencia.conselldemallorca.cat/storage/uploads/1734950635Esmena_totalitat_El_PI.pdf , https://transparencia.conselldemallorca.cat/storage/uploads/1734950721Esmena_a_la_totalitat_Mes_per_Mallorca_al_pressuposts_2025.pdf , https://transparencia.conselldemallorca.cat/storage/uploads/1734950721ESMENES_PARCIALS_MES_PER_MALLORCA_PRESSUPOSTOS_2025docx.pdf , https://transparencia.conselldemallorca.cat/storage/uploads/1734951243ESMENA_A_LA_TOTALITAT_PSOE_Pres_2025_CIMA.pdf , https://transparencia.conselldemallorca.cat/storage/uploads/1734951243ESMENE~1.PDF , https://transparencia.conselldemallorca.cat/storage/uploads/1734951327ESMENA_PRESSUPOSTOS_CONSELL_2025_signed.pdf , https://transparencia.conselldemallorca.cat/storage/uploads/1734951418Instancia_1706977.pdf , https://transparencia.conselldemallorca.cat/storage/uploads/1734951434_Informe_DI_reclamacions_12-2024_corregit_-_SEFYCU_3747225.pdf</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1734952040162_Ingressos.pdf</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1734951478Despeses_presidencia.pdf , https://transparencia.conselldemallorca.cat/storage/uploads/1734951486Despeses_Hisenda_i_Funcio_Publica.pdf , https://transparencia.conselldemallorca.cat/storage/uploads/1734951492Despeses%20Cultura%20i%20Patrimoni.pdf , https://transparencia.conselldemallorca.cat/storage/uploads/1734951499Despeses%20Turisme.pdf , https://transparencia.conselldemallorca.cat/storage/uploads/1734951505Despeses%20Benestar%20Social.pdf , https://transparencia.conselldemallorca.cat/storage/uploads/1734951515DESPES~1.PDF , https://transparencia.conselldemallorca.cat/storage/uploads/1734951523DESPES~1.PDF , https://transparencia.conselldemallorca.cat/storage/uploads/1734951530DESPES~1.PDF</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/173495207915_Memories.pdf</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/173495174314_Bases_dexecucio_del_Pressupost_-_SEFYCU_3708483.pdf</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/173495210813_Informe_economic_financer_-_SEFYCU_3681063.pdf , https://transparencia.conselldemallorca.cat/storage/uploads/173495210702_Informe_estabilitat_pressupostaria_-_SEFYCU_3708510.pdf</t>
   </si>
@@ -1041,68 +1107,68 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AI9"/>
+  <dimension ref="A1:AI10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:AF1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="true" customWidth="true" style="2"/>
     <col min="2" max="2" width="11" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="213" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="227" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="206" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="1207" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="143" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="1429" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="241" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="308" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="311" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="327" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="187" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="596" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="16" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="16" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="320" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="26" bestFit="true" customWidth="true" style="0"/>
@@ -1195,758 +1261,859 @@
       </c>
       <c r="AC1" s="3" t="s">
         <v>28</v>
       </c>
       <c r="AD1" s="3" t="s">
         <v>29</v>
       </c>
       <c r="AE1" s="3" t="s">
         <v>30</v>
       </c>
       <c r="AF1" s="3" t="s">
         <v>31</v>
       </c>
       <c r="AG1" s="1" t="s">
         <v>32</v>
       </c>
       <c r="AH1" s="1" t="s">
         <v>33</v>
       </c>
       <c r="AI1" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="2" spans="1:35">
       <c r="A2" s="2">
-        <v>225</v>
+        <v>346</v>
       </c>
       <c r="B2">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="C2" t="s">
         <v>35</v>
       </c>
       <c r="D2" t="s">
         <v>36</v>
       </c>
       <c r="E2" t="s">
         <v>37</v>
       </c>
       <c r="F2" t="s">
         <v>38</v>
       </c>
       <c r="G2" t="s">
         <v>39</v>
       </c>
       <c r="H2" t="s">
         <v>40</v>
       </c>
       <c r="I2" t="s">
         <v>41</v>
       </c>
       <c r="J2" t="s">
         <v>42</v>
       </c>
       <c r="K2" t="s">
         <v>43</v>
       </c>
       <c r="L2" t="s">
         <v>44</v>
       </c>
       <c r="M2" t="s">
         <v>45</v>
       </c>
       <c r="N2" t="s">
         <v>46</v>
       </c>
       <c r="O2" t="s">
         <v>47</v>
       </c>
-      <c r="P2" t="s">
+      <c r="P2">
+        <v>702700</v>
+      </c>
+      <c r="Q2">
+        <v>379295985</v>
+      </c>
+      <c r="R2">
+        <v>2100000</v>
+      </c>
+      <c r="S2" t="s">
         <v>48</v>
       </c>
-      <c r="Q2" t="s">
+      <c r="T2" t="s">
         <v>49</v>
       </c>
-      <c r="R2" t="s">
-[...9 lines deleted...]
-        <v>53</v>
+      <c r="U2">
+        <v>100000</v>
       </c>
       <c r="V2">
         <v>0</v>
       </c>
       <c r="W2" t="s">
         <v>45</v>
       </c>
       <c r="X2" t="s">
+        <v>50</v>
+      </c>
+      <c r="Y2" t="s">
+        <v>51</v>
+      </c>
+      <c r="Z2" t="s">
+        <v>52</v>
+      </c>
+      <c r="AA2" t="s">
+        <v>53</v>
+      </c>
+      <c r="AB2" t="s">
         <v>54</v>
       </c>
-      <c r="Y2" t="s">
+      <c r="AC2">
+        <v>1099000</v>
+      </c>
+      <c r="AD2" t="s">
         <v>55</v>
       </c>
-      <c r="Z2" t="s">
+      <c r="AE2">
+        <v>100000</v>
+      </c>
+      <c r="AF2">
+        <v>34605000</v>
+      </c>
+      <c r="AH2" t="s">
         <v>56</v>
-      </c>
-[...19 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="3" spans="1:35">
       <c r="A3" s="2">
-        <v>158</v>
+        <v>225</v>
       </c>
       <c r="B3">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C3" t="s">
+        <v>57</v>
+      </c>
+      <c r="D3" t="s">
+        <v>58</v>
+      </c>
+      <c r="E3" t="s">
+        <v>59</v>
+      </c>
+      <c r="F3" t="s">
+        <v>60</v>
+      </c>
+      <c r="G3" t="s">
+        <v>61</v>
+      </c>
+      <c r="H3" t="s">
+        <v>62</v>
+      </c>
+      <c r="I3" t="s">
+        <v>63</v>
+      </c>
+      <c r="J3" t="s">
         <v>64</v>
       </c>
-      <c r="D3" t="s">
+      <c r="K3" t="s">
         <v>65</v>
       </c>
-      <c r="E3" t="s">
+      <c r="L3" t="s">
         <v>66</v>
       </c>
-      <c r="F3" t="s">
+      <c r="M3" t="s">
         <v>67</v>
       </c>
-      <c r="G3" t="s">
+      <c r="N3" t="s">
         <v>68</v>
       </c>
-      <c r="H3" t="s">
+      <c r="O3" t="s">
         <v>69</v>
       </c>
-      <c r="I3" t="s">
+      <c r="P3" t="s">
         <v>70</v>
       </c>
-      <c r="J3" t="s">
+      <c r="Q3" t="s">
         <v>71</v>
       </c>
-      <c r="K3" t="s">
+      <c r="R3" t="s">
         <v>72</v>
       </c>
-      <c r="L3" t="s">
+      <c r="S3" t="s">
         <v>73</v>
       </c>
-      <c r="M3" t="s">
+      <c r="T3" t="s">
         <v>74</v>
       </c>
-      <c r="N3" t="s">
+      <c r="U3" t="s">
         <v>75</v>
-      </c>
-[...19 lines deleted...]
-        <v>82</v>
       </c>
       <c r="V3">
         <v>0</v>
       </c>
       <c r="W3" t="s">
-        <v>74</v>
+        <v>67</v>
       </c>
       <c r="X3" t="s">
+        <v>76</v>
+      </c>
+      <c r="Y3" t="s">
+        <v>77</v>
+      </c>
+      <c r="Z3" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA3" t="s">
+        <v>79</v>
+      </c>
+      <c r="AB3" t="s">
+        <v>80</v>
+      </c>
+      <c r="AC3" t="s">
+        <v>81</v>
+      </c>
+      <c r="AD3" t="s">
+        <v>82</v>
+      </c>
+      <c r="AE3" t="s">
         <v>83</v>
       </c>
-      <c r="Y3" t="s">
+      <c r="AF3" t="s">
         <v>84</v>
       </c>
-      <c r="Z3" t="s">
+      <c r="AH3" t="s">
         <v>85</v>
-      </c>
-[...19 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="4" spans="1:35">
       <c r="A4" s="2">
+        <v>158</v>
+      </c>
+      <c r="B4">
+        <v>2024</v>
+      </c>
+      <c r="C4" t="s">
+        <v>86</v>
+      </c>
+      <c r="D4" t="s">
+        <v>87</v>
+      </c>
+      <c r="E4" t="s">
+        <v>88</v>
+      </c>
+      <c r="F4" t="s">
+        <v>89</v>
+      </c>
+      <c r="G4" t="s">
+        <v>90</v>
+      </c>
+      <c r="H4" t="s">
+        <v>91</v>
+      </c>
+      <c r="I4" t="s">
+        <v>92</v>
+      </c>
+      <c r="J4" t="s">
+        <v>93</v>
+      </c>
+      <c r="K4" t="s">
+        <v>94</v>
+      </c>
+      <c r="L4" t="s">
+        <v>95</v>
+      </c>
+      <c r="M4" t="s">
+        <v>96</v>
+      </c>
+      <c r="N4" t="s">
+        <v>97</v>
+      </c>
+      <c r="O4" t="s">
+        <v>98</v>
+      </c>
+      <c r="P4" t="s">
+        <v>99</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>100</v>
+      </c>
+      <c r="R4" t="s">
+        <v>101</v>
+      </c>
+      <c r="S4" t="s">
+        <v>102</v>
+      </c>
+      <c r="T4" t="s">
+        <v>103</v>
+      </c>
+      <c r="U4" t="s">
         <v>104</v>
-      </c>
-[...58 lines deleted...]
-        <v>82</v>
       </c>
       <c r="V4">
         <v>0</v>
       </c>
       <c r="W4" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="X4" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y4" t="s">
+        <v>106</v>
+      </c>
+      <c r="Z4" t="s">
+        <v>107</v>
+      </c>
+      <c r="AA4" t="s">
         <v>108</v>
       </c>
-      <c r="Y4" t="s">
+      <c r="AB4" t="s">
         <v>109</v>
-      </c>
-[...7 lines deleted...]
-        <v>112</v>
       </c>
       <c r="AC4">
         <v>0</v>
       </c>
       <c r="AD4" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="AE4" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>104</v>
+      </c>
+      <c r="AF4" t="s">
+        <v>111</v>
       </c>
       <c r="AH4" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
     </row>
     <row r="5" spans="1:35">
       <c r="A5" s="2">
-        <v>63</v>
+        <v>104</v>
       </c>
       <c r="B5">
-        <v>2022</v>
+        <v>2023</v>
+      </c>
+      <c r="C5" t="s">
+        <v>113</v>
+      </c>
+      <c r="D5" t="s">
+        <v>114</v>
+      </c>
+      <c r="E5" t="s">
+        <v>115</v>
       </c>
       <c r="F5" t="s">
         <v>116</v>
       </c>
       <c r="G5" t="s">
         <v>117</v>
       </c>
+      <c r="H5" t="s">
+        <v>118</v>
+      </c>
       <c r="I5" t="s">
-        <v>118</v>
+        <v>119</v>
+      </c>
+      <c r="J5" t="s">
+        <v>120</v>
+      </c>
+      <c r="K5" t="s">
+        <v>121</v>
       </c>
       <c r="L5" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="M5" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="N5" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="O5" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="P5" t="s">
+        <v>126</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>127</v>
+      </c>
+      <c r="R5" t="s">
+        <v>75</v>
+      </c>
+      <c r="S5" t="s">
+        <v>128</v>
+      </c>
+      <c r="T5" t="s">
+        <v>129</v>
+      </c>
+      <c r="U5" t="s">
+        <v>104</v>
+      </c>
+      <c r="V5">
+        <v>0</v>
+      </c>
+      <c r="W5" t="s">
         <v>123</v>
       </c>
-      <c r="Q5" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X5" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="Y5" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="Z5" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="AA5" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="AB5" t="s">
-        <v>131</v>
+        <v>134</v>
+      </c>
+      <c r="AC5">
+        <v>0</v>
       </c>
       <c r="AD5" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="AE5" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-        <v>134</v>
+        <v>136</v>
+      </c>
+      <c r="AF5">
+        <v>0</v>
       </c>
       <c r="AH5" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
     </row>
     <row r="6" spans="1:35">
       <c r="A6" s="2">
-        <v>108</v>
+        <v>63</v>
       </c>
       <c r="B6">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="F6" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="G6" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="I6" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="L6" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="M6" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="N6" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="O6" t="s">
+        <v>144</v>
+      </c>
+      <c r="P6" t="s">
+        <v>145</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>146</v>
+      </c>
+      <c r="R6">
+        <v>100.0</v>
+      </c>
+      <c r="S6" t="s">
+        <v>147</v>
+      </c>
+      <c r="T6" t="s">
+        <v>148</v>
+      </c>
+      <c r="U6">
+        <v>600.0</v>
+      </c>
+      <c r="W6" t="s">
         <v>142</v>
       </c>
-      <c r="P6" t="s">
-[...17 lines deleted...]
-      <c r="V6" t="s">
+      <c r="X6" t="s">
         <v>149</v>
       </c>
-      <c r="W6" t="s">
-[...2 lines deleted...]
-      <c r="X6" t="s">
+      <c r="Y6" t="s">
         <v>150</v>
       </c>
-      <c r="Y6" t="s">
+      <c r="Z6" t="s">
         <v>151</v>
       </c>
-      <c r="Z6" t="s">
+      <c r="AA6" t="s">
         <v>152</v>
       </c>
-      <c r="AA6" t="s">
+      <c r="AB6" t="s">
         <v>153</v>
       </c>
-      <c r="AB6" t="s">
+      <c r="AD6" t="s">
         <v>154</v>
       </c>
-      <c r="AC6" t="s">
-[...2 lines deleted...]
-      <c r="AD6" t="s">
+      <c r="AE6" t="s">
         <v>155</v>
       </c>
-      <c r="AE6" t="s">
+      <c r="AF6" t="s">
         <v>156</v>
       </c>
-      <c r="AF6" t="s">
+      <c r="AH6" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="7" spans="1:35">
       <c r="A7" s="2">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B7">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="F7" t="s">
-        <v>136</v>
+        <v>158</v>
       </c>
       <c r="G7" t="s">
-        <v>137</v>
+        <v>159</v>
       </c>
       <c r="I7" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="L7" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="M7" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="N7" t="s">
+        <v>163</v>
+      </c>
+      <c r="O7" t="s">
+        <v>164</v>
+      </c>
+      <c r="P7" t="s">
+        <v>165</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>166</v>
+      </c>
+      <c r="R7" t="s">
+        <v>167</v>
+      </c>
+      <c r="S7" t="s">
+        <v>168</v>
+      </c>
+      <c r="T7" t="s">
+        <v>169</v>
+      </c>
+      <c r="U7" t="s">
+        <v>170</v>
+      </c>
+      <c r="V7" t="s">
+        <v>171</v>
+      </c>
+      <c r="W7" t="s">
         <v>162</v>
       </c>
-      <c r="O7" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="X7" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="Y7" t="s">
+        <v>173</v>
+      </c>
+      <c r="Z7" t="s">
+        <v>174</v>
+      </c>
+      <c r="AA7" t="s">
+        <v>175</v>
+      </c>
+      <c r="AB7" t="s">
+        <v>176</v>
+      </c>
+      <c r="AC7" t="s">
         <v>171</v>
       </c>
-      <c r="Z7" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AD7" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="AE7" t="s">
-        <v>53</v>
+        <v>178</v>
       </c>
       <c r="AF7" t="s">
-        <v>149</v>
+        <v>179</v>
       </c>
       <c r="AH7" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
     </row>
     <row r="8" spans="1:35">
       <c r="A8" s="2">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B8">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="F8" t="s">
-        <v>177</v>
+        <v>158</v>
       </c>
       <c r="G8" t="s">
-        <v>178</v>
+        <v>159</v>
       </c>
       <c r="I8" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="L8" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="M8" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="N8" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="O8" t="s">
+        <v>185</v>
+      </c>
+      <c r="P8" t="s">
+        <v>186</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>187</v>
+      </c>
+      <c r="R8" t="s">
+        <v>188</v>
+      </c>
+      <c r="S8" t="s">
+        <v>189</v>
+      </c>
+      <c r="T8" t="s">
+        <v>190</v>
+      </c>
+      <c r="U8" t="s">
+        <v>75</v>
+      </c>
+      <c r="V8" t="s">
+        <v>191</v>
+      </c>
+      <c r="W8" t="s">
         <v>183</v>
       </c>
-      <c r="P8" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="X8" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="Y8" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="Z8" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="AA8" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="AB8" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="AC8" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="AD8" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="AE8" t="s">
-        <v>53</v>
+        <v>75</v>
       </c>
       <c r="AF8" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="AH8" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
     </row>
     <row r="9" spans="1:35">
       <c r="A9" s="2">
+        <v>106</v>
+      </c>
+      <c r="B9">
+        <v>2019</v>
+      </c>
+      <c r="F9" t="s">
+        <v>199</v>
+      </c>
+      <c r="G9" t="s">
+        <v>200</v>
+      </c>
+      <c r="I9" t="s">
+        <v>201</v>
+      </c>
+      <c r="L9" t="s">
+        <v>202</v>
+      </c>
+      <c r="M9" t="s">
+        <v>203</v>
+      </c>
+      <c r="N9" t="s">
+        <v>204</v>
+      </c>
+      <c r="O9" t="s">
+        <v>205</v>
+      </c>
+      <c r="P9" t="s">
+        <v>206</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>206</v>
+      </c>
+      <c r="R9" t="s">
+        <v>188</v>
+      </c>
+      <c r="S9" t="s">
+        <v>207</v>
+      </c>
+      <c r="T9" t="s">
+        <v>208</v>
+      </c>
+      <c r="U9" t="s">
+        <v>75</v>
+      </c>
+      <c r="V9" t="s">
+        <v>209</v>
+      </c>
+      <c r="W9" t="s">
+        <v>203</v>
+      </c>
+      <c r="X9" t="s">
+        <v>210</v>
+      </c>
+      <c r="Y9" t="s">
+        <v>211</v>
+      </c>
+      <c r="Z9" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA9" t="s">
+        <v>213</v>
+      </c>
+      <c r="AB9" t="s">
+        <v>214</v>
+      </c>
+      <c r="AC9" t="s">
+        <v>171</v>
+      </c>
+      <c r="AD9" t="s">
+        <v>215</v>
+      </c>
+      <c r="AE9" t="s">
+        <v>75</v>
+      </c>
+      <c r="AF9" t="s">
+        <v>171</v>
+      </c>
+      <c r="AH9" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="10" spans="1:35">
+      <c r="A10" s="2">
         <v>105</v>
       </c>
-      <c r="B9">
+      <c r="B10">
         <v>2018</v>
       </c>
-      <c r="F9" t="s">
-[...72 lines deleted...]
-        <v>215</v>
+      <c r="F10" t="s">
+        <v>217</v>
+      </c>
+      <c r="G10" t="s">
+        <v>218</v>
+      </c>
+      <c r="I10" t="s">
+        <v>219</v>
+      </c>
+      <c r="L10" t="s">
+        <v>220</v>
+      </c>
+      <c r="M10" t="s">
+        <v>221</v>
+      </c>
+      <c r="N10" t="s">
+        <v>222</v>
+      </c>
+      <c r="O10" t="s">
+        <v>223</v>
+      </c>
+      <c r="P10" t="s">
+        <v>224</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>225</v>
+      </c>
+      <c r="R10" t="s">
+        <v>188</v>
+      </c>
+      <c r="S10" t="s">
+        <v>226</v>
+      </c>
+      <c r="T10" t="s">
+        <v>227</v>
+      </c>
+      <c r="U10" t="s">
+        <v>75</v>
+      </c>
+      <c r="V10" t="s">
+        <v>228</v>
+      </c>
+      <c r="W10" t="s">
+        <v>221</v>
+      </c>
+      <c r="X10" t="s">
+        <v>229</v>
+      </c>
+      <c r="Y10" t="s">
+        <v>230</v>
+      </c>
+      <c r="Z10" t="s">
+        <v>231</v>
+      </c>
+      <c r="AA10" t="s">
+        <v>232</v>
+      </c>
+      <c r="AB10" t="s">
+        <v>233</v>
+      </c>
+      <c r="AC10" t="s">
+        <v>234</v>
+      </c>
+      <c r="AD10" t="s">
+        <v>235</v>
+      </c>
+      <c r="AE10" t="s">
+        <v>75</v>
+      </c>
+      <c r="AF10" t="s">
+        <v>236</v>
+      </c>
+      <c r="AH10" t="s">
+        <v>237</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">