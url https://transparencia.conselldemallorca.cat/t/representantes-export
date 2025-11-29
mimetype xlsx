--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="381">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="384">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>legislatura</t>
   </si>
   <si>
     <t>nombre_completo</t>
   </si>
   <si>
     <t>cargo</t>
   </si>
   <si>
     <t>grupo_politico_id</t>
   </si>
   <si>
     <t>telefono</t>
   </si>
   <si>
     <t>email</t>
   </si>
   <si>
     <t>facebook</t>
   </si>
   <si>
@@ -656,78 +656,78 @@
   <si>
     <t>No percep</t>
   </si>
   <si>
     <t>&lt;div&gt;&lt;strong&gt;Formació acadèmica:&lt;br&gt;&lt;/strong&gt;• Llicenciada en economia per la Universitat de Barcelona.&lt;br&gt;• Màster en Gestió Pública per la Universitat Autònoma de Barcelona.&lt;br&gt;&lt;br&gt;&lt;strong&gt;Experiència professional: (breu descripció de les tasques, projectes i objectius complits).&lt;/strong&gt;&lt;br&gt;• Auditora de la Sindicatura de Comptes de les Illes Balears (2004-2007 i 2011-2015) Responsable Oficina Pressupostària a l’Ajuntament de Calvià. (1999-2004) Departament d’Intervenció Local i de Comptabilitat Pública Local a l’Ajuntament de Calvià (1998-1999).&lt;br&gt;• Responsable Oficina Pressupostària de l’Ajuntament del Mollet (1996-1998).&lt;br&gt;&lt;br&gt;&lt;strong&gt;Càrrecs públics ocupats: (AGE, Govern autonòmic, municipcil, empreses públiques, etc.)&lt;br&gt;&lt;/strong&gt;• Consellera d’Hisenda i Administracions Públiques del Govern de les Illes Balears (2015-2019) dins el govern de progrés presidit per Francina Armengol.&lt;br&gt;• Directora gerent de l’Institut Balear de l’Habitatge (2007-2011).&lt;br&gt;• Regidora de l’Ajuntament de Sa Pobla dins la llista del Partit Socialista de les Illes Balears, on ha format part de la majoria de govern (2015-2019).&lt;br&gt;&lt;br&gt;&lt;/div&gt;</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1666346120_1.pdf</t>
   </si>
   <si>
     <t>Presidenta de la Comissió de Govern</t>
   </si>
   <si>
     <t>2023-2027</t>
   </si>
   <si>
     <t xml:space="preserve">Rosa Cursach Salas </t>
   </si>
   <si>
     <t>Consellera electa del grup MES PER MALLORCA</t>
   </si>
   <si>
     <t>63.086,39</t>
   </si>
   <si>
-    <t>&lt;div&gt;Consellera electa de Més per Mallorca&lt;br&gt;Membre suplent de la Comissió Insular d'Ordenació del Territori i Urbanisme&lt;br&gt;Membre suplent de la Comissió Insular de Patrimoni Històric&lt;br&gt;Vocal amb vot del Consell Rector de l'Institut Mallorquí d'Afers Socials&lt;br&gt;Vocal amb vot del Consell Assessor de Serveis Socials de l'Institut Mallorquí d'Afers Socials&lt;br&gt;Membre suplent del Consell de Direcció de l'Agència de Defensa del Territori de Mallorca&lt;/div&gt;</t>
+    <t>&lt;div&gt;Consellera electa de Més per Mallorca&lt;br&gt;Vocal amb vot del Consell Rector de l'Institut Mallorquí d'Afers Socials&lt;br&gt;Vocal amb vot del Consell Assessor de Serveis Socials de l'Institut Mallorquí d'Afers Socials&lt;/div&gt;</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1696417432Rosa Cursach Salas.pdf</t>
   </si>
   <si>
     <t>Grup MÉS PER MALLORCA</t>
   </si>
   <si>
     <t>Conseller electe del grup MES PER MALLORCA</t>
   </si>
   <si>
     <t>66.623,94</t>
   </si>
   <si>
-    <t>&lt;div&gt;Conseller electe i portaveu suplent de Més per Mallorca&lt;br&gt;Vocal amb vot de la Comissió Insular d’Ordenació del Territori i Urbanisme&lt;br&gt;Vocal amb vot de la Comissió Insular de Patrimoni Històric&lt;br&gt;Membre suplent de la Comissió de Govern&lt;br&gt;Membre suplent de la Comissió Informativa General i de Comptes&lt;br&gt;Membre suplent del Consell Rector de l'Institut Mallorquí d'Afers Socials&lt;br&gt;Vocal amb vot del Consell de Direcció de l’Agència de Defensa del Territori de Mallorca&lt;/div&gt;</t>
+    <t>&lt;div&gt;Conseller electe i portaveu suplent de Més per Mallorca&lt;br&gt;Vocal amb vot de la Comissió Insular d’Ordenació del Territori i Urbanisme&lt;br&gt;Vocal amb vot de la Comissió Insular de Patrimoni Històric&lt;br&gt;Membre suplent de la Comissió de Govern&lt;br&gt;Membre suplent de la Comissió Informativa General i de Comptes&lt;br&gt;Membre suplent del Consell Rector de l'Institut Mallorquí d'Afers Socials&lt;br&gt;Vocal amb vot del Consell de Direcció de l’Agència de Defensa del Territori de Mallorca&lt;br&gt;Membre suplent de la Junta Rectora de l’Institut de l’Esport Hípic de Mallorca&lt;/div&gt;</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1696416796Joan Llodrà Gayà.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">Catalina Inés Perelló Carbonell </t>
   </si>
   <si>
     <t>73.229,16</t>
   </si>
   <si>
-    <t>&lt;div&gt;Consellera electa i portaveu titular del Grup Més per Mallorca&lt;br&gt;Membre titular de la Comissió de Govern&lt;br&gt;Membre titular de la Comissió Informativa General i de Comptes&lt;br&gt;Membre titular de la Comissió de Transparència&lt;br&gt;Membre titular de la Junta Rectora de l’Institut de l’Esport Hípic de Mallorca&lt;/div&gt;</t>
+    <t>&lt;div&gt;Consellera electa i portaveu titular de Més per Mallorca&lt;br&gt;Membre titular de la Comissió de Govern&lt;br&gt;Membre titular de la Comissió Informativa General i de Comptes&lt;br&gt;Membre titular de la Comissió de Transparència&lt;br&gt;Membre titular de la Junta Rectora de l’Institut de l’Esport Hípic de Mallorca&lt;br&gt;Membre suplent de la Comissió Insular d'Ordenació del Territori i Urbanisme&lt;br&gt;Membre suplent de la Comissió Insular de Patrimoni Històric&lt;br&gt;Membre suplent del Consell de Direcció de l'Agència de Defensa del Territori de Mallorca&lt;/div&gt;</t>
   </si>
   <si>
     <t>Portaveu suplent del grup MES PER MALLORCA</t>
   </si>
   <si>
     <t>Biel Payeras Torrandell</t>
   </si>
   <si>
     <t>Conseller electe del Grup Més per Mallorca</t>
   </si>
   <si>
     <t>Magdalena Vives Fernández</t>
   </si>
   <si>
     <t>Consellera electa del grup El Pi-Proposta per les Illes</t>
   </si>
   <si>
     <t>&lt;div&gt;Consellera electa i portaveu suplent del Grup El Pi-Proposta per les Illes&lt;br&gt;Membre suplent de la Comissió de Govern&lt;br&gt;Membre suplent de la Comissió Insular d'Ordenació del Territori i Urbanisme&lt;br&gt;Vocal amb vot de la Comissió Insular de Patrimoni Històric&lt;br&gt;Membre suplent de la Comissió Informativa General i de Comptes&lt;br&gt;Vocal amb vot del Consell Rector de l'Institut Mallorquí d'Afers Socials&lt;br&gt;Vocal amb vot del Consell Assessor de Serveis Socials de l'Institut Mallorquí d'Afers Socials&lt;br&gt;Membre suplent de la Junta Rectora de l’Institut de l’Esport Hípic de Mallorca&lt;br&gt;Membre suplent del Consell de Direcció de l'Agència de Defensa del Territori de Mallorca&lt;/div&gt;</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1696417105Magdalena Vives Fernández.pdf</t>
   </si>
   <si>
     <t>Portaveu suplent del grup El Pi-Proposta per les Illes</t>
   </si>
@@ -821,102 +821,111 @@
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1696417356Maria Paz Pérez Barceló.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">Pedro Bestard Martínez </t>
   </si>
   <si>
     <t>Conseller electe del grup Vox-Mallorca. Vicepresident segon</t>
   </si>
   <si>
     <t>Medi Ambient, Medi Rural i Esports</t>
   </si>
   <si>
     <t>77.015,34</t>
   </si>
   <si>
     <t>&lt;div&gt;&amp;nbsp;Conseller electe de Vox Mallorca&lt;br&gt;&amp;nbsp;Conseller executiu de Medi Ambient, Medi Rural i Esports&lt;br&gt;&amp;nbsp;Vicepresident segon&lt;br&gt;&amp;nbsp;Vicepresident de l'Institut de l'Esport Hípic de Mallorca&lt;br&gt;&amp;nbsp;Vicepresident de la Junta Rectora del l'Institut de l'Esport Hípic de Mallorca&lt;br&gt;&amp;nbsp;Membre suplent de la Comissió de Govern&lt;br&gt;&amp;nbsp;Membre suplent de la Comissió Insular d'Ordenació del Territori i Urbanisme&lt;br&gt;&amp;nbsp;Membre suplent de la Comissió Insular de Patrimoni Històric&lt;br&gt;&amp;nbsp;Membre suplent de la Comissió Informativa General i de Comptes&lt;/div&gt;</t>
   </si>
   <si>
     <t>Conseller electe Vox-Mallorca. Conseller executiu de Medi Ambient, Medi Rural i Esports</t>
   </si>
   <si>
     <t>https://outlook.office365.com/owa/calendar/dee365683c824779bb2da47820b44f5e@conselldemallorca.net/09efb13f7f104bbcb8830dec3052f8f93572513580007654990/calendar.html</t>
   </si>
   <si>
+    <t>Joan Méndez Martínez</t>
+  </si>
+  <si>
+    <t>Conseller electe del Grup Socialista al Consell de Mallorca</t>
+  </si>
+  <si>
+    <t>&lt;div&gt;Conseller electe del Grup Socialista al Consell de Mallorca&lt;/div&gt;</t>
+  </si>
+  <si>
+    <t>https://transparencia.conselldemallorca.cat/storage/uploads/1761738942Curriculum_vitae _Joan Mendez.pdf</t>
+  </si>
+  <si>
+    <t>Grup Socialista al Consell de Mallorca</t>
+  </si>
+  <si>
     <t>Jaume Mateu Lladó</t>
   </si>
   <si>
-    <t>Conseller electe del Grup Socialista al Consell de Mallorca</t>
-[...1 lines deleted...]
-  <si>
     <t>63.083,39</t>
   </si>
   <si>
     <t>&lt;div&gt;Conseller electe del Grup Socialista al Consell de Mallorca&lt;br&gt;Membre suplent de la Comissió de Govern&lt;br&gt;Membre suplent de la Comissió Informativa General i de Comptes&lt;br&gt;Vocal amb vot de la Comissió Insular d'Ordenació del Territori i Urbanisme&lt;br&gt;Membre suplent de la Comissió Insular de Patrimoni Històric&lt;br&gt;Consell de Direcció de l'Agència de Defensa del Territori de Mallorca&lt;/div&gt;</t>
   </si>
   <si>
-    <t>Grup Socialista al Consell de Mallorca</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Gabriel Alomar Garau </t>
   </si>
   <si>
     <t>&lt;div&gt;Conseller electe del Grup Socialista al Consell de Mallorca&lt;br&gt;Membre suplent de la Comissió Insular d'Ordenació del Territori i Urbanisme&lt;br&gt;Vocal amb vot de la Comissió Insular de Patrimoni Històric&lt;br&gt;Membre suplent del Consell de Direcció de l'Agència de Defensa del Territori de Mallorca&lt;br&gt;Membre suplent de la Comissió Informativa General i de Comptes&lt;/div&gt;</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1696416641Gabriel Alomar Garau.pdf</t>
   </si>
   <si>
     <t>Beatriz Gamundí Molinas</t>
   </si>
   <si>
     <t>Consellera electa del Grup Socialista al Consell de Mallorca</t>
   </si>
   <si>
-    <t>&lt;div&gt;Consellera electa del Grup Socialista al Consell de Mallorca&lt;br&gt;Membre suplent de la Comissió de Govern&lt;br&gt;Membre suplent de la Comissió Insular de Patrimoni Històric&lt;/div&gt;</t>
+    <t>&lt;div&gt;Consellera electa del Grup Socialista al Consell de Mallorca&lt;br&gt;Membre suplent de la Comissió de Govern&lt;br&gt;Membre suplent de la Comissió Informativa General i de Comptes&lt;br&gt;Membre suplent de la Comissió Insular de Patrimoni Històric&lt;br&gt;Membre suplent del Consell Assessor de l'Institut Malloquí d'Afers Socials&lt;/div&gt;</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1696416431Beatriz Gamundi Molinas.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">Andrés Serra Martínez </t>
   </si>
   <si>
     <t>31.543,20</t>
   </si>
   <si>
     <t>&lt;div&gt;Conseller electe del Grup Socialista al Consell de Mallorca&lt;br&gt;Membre suplent de la Comissió Insular d'Ordenació del Territori i Urbanisme&lt;br&gt;Membre titular de la Junta Rectora de l’Institut de l’Esport Hípic de Mallorca&lt;/div&gt;</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1696416166Andreu Serra Martínez.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">Sofía Alonso Bigler </t>
   </si>
   <si>
-    <t>&lt;div&gt;Consellera electa del Grup Socialista al Consell de Mallorca&lt;br&gt;Membre suplent de la Comissió de Govern&lt;br&gt;Vocal amb vot de la Comissió Insular de Patrimoni Històric&lt;br&gt;Membre suplent de la Comissió Informativa General i de Comptes&lt;br&gt;Vocal amb vot del Consell Rector de l'Institut Mallorquí d'Afers Socials&lt;br&gt;Vocal amb vot del Consell Assessor de Serveis Socials de l'Institut Mallorquí d'Afers Socials&lt;/div&gt;</t>
+    <t>&lt;div&gt;Consellera electa i portaveu suplent del Grup Socialista al Consell de Mallorca&lt;br&gt;Membre titular de la Comissió de Govern&lt;br&gt;Vocal amb vot de la Comissió Insular de Patrimoni Històric&lt;br&gt;Membre titular de la Comissió Informativa General i de Comptes&lt;br&gt;Vocal amb vot del Consell Rector de l'Institut Mallorquí d'Afers Socials&lt;br&gt;Vocal amb vot del Consell Assessor de Serveis Socials de l'Institut Mallorquí d'Afers Socials&lt;/div&gt;</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1696417449Sofía Alonso Bigler.pdf</t>
   </si>
   <si>
     <t>Joan Ferrer Ripoll</t>
   </si>
   <si>
     <t>&lt;div&gt;Conseller electe del Grup Socialista al Consell de Mallorca&lt;br&gt;Membre suplent de la Comissió de Govern&lt;br&gt;Vocal amb vot de la Comissió Insular d’Ordenació del Territori i Urbanisme&lt;br&gt;Vocal amb vot de la Comissió Insular de Patrimoni Històric&lt;br&gt;Membre suplent de la Comissió Informativa General i de Comptes&lt;br&gt;Vocal amb vot del Consell de Direcció de l’Agència de Defensa del Territori de Mallorca&lt;/div&gt;</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1696416745Joan Ferrer Ripoll.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">Juana María Adrover Moyano </t>
   </si>
   <si>
     <t>&lt;div&gt;Consellera electa del Grup Socialista al Consell de Mallorca&lt;br&gt;Membre titular de la Comissió de Govern&lt;br&gt;Membre suplent de la Comissió Insular d'Ordenació del Territori i Urbanisme&lt;br&gt;Membre suplent de la Comissió Insular de Patrimoni Històric&lt;br&gt;Membre titular de la Comissió Informativa General i de Comptes&lt;br&gt;Membre suplent del Consell de Direcció de l'Agència de Defensa del Territori de Mallorca&lt;/div&gt;</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1696416869Juana Maria Adrover Moyano.pdf</t>
   </si>
   <si>
     <t>&lt;div&gt;Membre titular de la Comissió de Govern&lt;br&gt;Vocal amb vot de la Comissió Insular d’Ordenació del Territori i Urbanisme&lt;br&gt;Membre titular de la Comissió Informativa General i de Comptes&lt;br&gt;Membre titular de la Comissió de Transparència&lt;/div&gt;</t>
   </si>
@@ -1533,51 +1542,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AD73"/>
+  <dimension ref="A1:AD74"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="98" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="51" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="10" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="535" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="18" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="34" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="34" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="39" bestFit="true" customWidth="true" style="0"/>
@@ -3315,85 +3324,91 @@
         <v>215</v>
       </c>
       <c r="W35">
         <v>31</v>
       </c>
       <c r="AD35" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="36" spans="1:30">
       <c r="A36" s="1">
         <v>601</v>
       </c>
       <c r="B36" t="s">
         <v>210</v>
       </c>
       <c r="C36" t="s">
         <v>102</v>
       </c>
       <c r="D36" t="s">
         <v>217</v>
       </c>
       <c r="E36">
         <v>120</v>
       </c>
+      <c r="G36" t="s">
+        <v>104</v>
+      </c>
       <c r="N36" t="s">
         <v>53</v>
       </c>
       <c r="O36" t="s">
         <v>218</v>
       </c>
       <c r="S36" t="s">
         <v>219</v>
       </c>
       <c r="T36" t="s">
         <v>220</v>
       </c>
       <c r="W36">
         <v>30</v>
       </c>
       <c r="AD36" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="37" spans="1:30">
       <c r="A37" s="1">
         <v>600</v>
       </c>
       <c r="B37" t="s">
         <v>210</v>
       </c>
       <c r="C37" t="s">
         <v>221</v>
       </c>
       <c r="D37" t="s">
         <v>217</v>
       </c>
       <c r="E37">
         <v>120</v>
       </c>
+      <c r="G37" t="s">
+        <v>104</v>
+      </c>
       <c r="N37" t="s">
         <v>53</v>
       </c>
       <c r="O37" t="s">
         <v>222</v>
       </c>
       <c r="S37" t="s">
         <v>223</v>
       </c>
       <c r="V37" t="s">
         <v>224</v>
       </c>
       <c r="W37">
         <v>29</v>
       </c>
       <c r="AD37" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="38" spans="1:30">
       <c r="A38" s="1">
         <v>1215</v>
       </c>
       <c r="B38" t="s">
         <v>210</v>
@@ -3695,1065 +3710,1106 @@
       </c>
       <c r="N46" t="s">
         <v>53</v>
       </c>
       <c r="O46" t="s">
         <v>265</v>
       </c>
       <c r="S46" t="s">
         <v>266</v>
       </c>
       <c r="V46" t="s">
         <v>267</v>
       </c>
       <c r="W46">
         <v>23</v>
       </c>
       <c r="Y46" t="s">
         <v>268</v>
       </c>
       <c r="AD46" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="47" spans="1:30">
       <c r="A47" s="1">
-        <v>1214</v>
+        <v>1216</v>
       </c>
       <c r="B47" t="s">
         <v>210</v>
       </c>
       <c r="C47" t="s">
         <v>269</v>
       </c>
       <c r="D47" t="s">
         <v>270</v>
       </c>
       <c r="E47">
         <v>117</v>
       </c>
       <c r="N47" t="s">
         <v>53</v>
       </c>
       <c r="O47" t="s">
+        <v>213</v>
+      </c>
+      <c r="S47" t="s">
         <v>271</v>
       </c>
-      <c r="S47" t="s">
+      <c r="T47" t="s">
         <v>272</v>
       </c>
       <c r="W47">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="AD47" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="48" spans="1:30">
       <c r="A48" s="1">
-        <v>592</v>
+        <v>1214</v>
       </c>
       <c r="B48" t="s">
         <v>210</v>
       </c>
       <c r="C48" t="s">
         <v>274</v>
       </c>
       <c r="D48" t="s">
         <v>270</v>
       </c>
       <c r="E48">
         <v>117</v>
       </c>
       <c r="N48" t="s">
-        <v>250</v>
-[...2 lines deleted...]
-        <v>251</v>
+        <v>53</v>
+      </c>
+      <c r="O48" t="s">
+        <v>275</v>
       </c>
       <c r="S48" t="s">
-        <v>275</v>
-[...1 lines deleted...]
-      <c r="T48" t="s">
         <v>276</v>
       </c>
       <c r="W48">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="AD48" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="49" spans="1:30">
       <c r="A49" s="1">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="B49" t="s">
         <v>210</v>
       </c>
       <c r="C49" t="s">
         <v>277</v>
       </c>
       <c r="D49" t="s">
-        <v>278</v>
+        <v>270</v>
       </c>
       <c r="E49">
         <v>117</v>
       </c>
       <c r="N49" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>213</v>
+        <v>250</v>
+      </c>
+      <c r="P49" t="s">
+        <v>251</v>
       </c>
       <c r="S49" t="s">
+        <v>278</v>
+      </c>
+      <c r="T49" t="s">
         <v>279</v>
       </c>
-      <c r="T49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W49">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="AD49" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="50" spans="1:30">
       <c r="A50" s="1">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="B50" t="s">
         <v>210</v>
       </c>
       <c r="C50" t="s">
+        <v>280</v>
+      </c>
+      <c r="D50" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
       <c r="E50">
         <v>117</v>
       </c>
+      <c r="G50" t="s">
+        <v>180</v>
+      </c>
       <c r="N50" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="O50" t="s">
+        <v>213</v>
+      </c>
+      <c r="S50" t="s">
         <v>282</v>
       </c>
-      <c r="S50" t="s">
+      <c r="T50" t="s">
         <v>283</v>
       </c>
-      <c r="T50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W50">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="AD50" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="51" spans="1:30">
       <c r="A51" s="1">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="B51" t="s">
         <v>210</v>
       </c>
       <c r="C51" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="D51" t="s">
-        <v>278</v>
+        <v>270</v>
       </c>
       <c r="E51">
         <v>117</v>
       </c>
       <c r="N51" t="s">
-        <v>53</v>
+        <v>43</v>
       </c>
       <c r="O51" t="s">
-        <v>213</v>
+        <v>285</v>
       </c>
       <c r="S51" t="s">
         <v>286</v>
       </c>
       <c r="T51" t="s">
         <v>287</v>
       </c>
       <c r="W51">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="AD51" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="52" spans="1:30">
       <c r="A52" s="1">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="B52" t="s">
         <v>210</v>
       </c>
       <c r="C52" t="s">
         <v>288</v>
       </c>
       <c r="D52" t="s">
-        <v>270</v>
+        <v>281</v>
       </c>
       <c r="E52">
         <v>117</v>
       </c>
+      <c r="G52" t="s">
+        <v>180</v>
+      </c>
       <c r="N52" t="s">
         <v>53</v>
       </c>
       <c r="O52" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="S52" t="s">
         <v>289</v>
       </c>
       <c r="T52" t="s">
         <v>290</v>
       </c>
       <c r="W52">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="AD52" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="53" spans="1:30">
       <c r="A53" s="1">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="B53" t="s">
         <v>210</v>
       </c>
       <c r="C53" t="s">
         <v>291</v>
       </c>
       <c r="D53" t="s">
-        <v>278</v>
+        <v>270</v>
       </c>
       <c r="E53">
         <v>117</v>
       </c>
       <c r="N53" t="s">
         <v>53</v>
       </c>
       <c r="O53" t="s">
         <v>213</v>
       </c>
       <c r="S53" t="s">
         <v>292</v>
       </c>
       <c r="T53" t="s">
         <v>293</v>
       </c>
       <c r="W53">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="AD53" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="54" spans="1:30">
       <c r="A54" s="1">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="B54" t="s">
         <v>210</v>
       </c>
       <c r="C54" t="s">
-        <v>203</v>
+        <v>294</v>
       </c>
       <c r="D54" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="E54">
         <v>117</v>
       </c>
       <c r="N54" t="s">
         <v>53</v>
       </c>
       <c r="O54" t="s">
-        <v>222</v>
+        <v>213</v>
       </c>
       <c r="S54" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="T54" t="s">
-        <v>295</v>
-[...1 lines deleted...]
-      <c r="V54" t="s">
         <v>296</v>
       </c>
       <c r="W54">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="AD54" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="55" spans="1:30">
       <c r="A55" s="1">
-        <v>769</v>
+        <v>585</v>
       </c>
       <c r="B55" t="s">
         <v>210</v>
       </c>
       <c r="C55" t="s">
-        <v>297</v>
+        <v>203</v>
       </c>
       <c r="D55" t="s">
-        <v>298</v>
+        <v>281</v>
       </c>
       <c r="E55">
-        <v>116</v>
+        <v>117</v>
+      </c>
+      <c r="N55" t="s">
+        <v>53</v>
       </c>
       <c r="O55" t="s">
         <v>222</v>
       </c>
       <c r="S55" t="s">
+        <v>297</v>
+      </c>
+      <c r="T55" t="s">
+        <v>298</v>
+      </c>
+      <c r="V55" t="s">
         <v>299</v>
       </c>
-      <c r="T55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W55">
-        <v>35</v>
-[...5 lines deleted...]
-        <v>301</v>
+        <v>14</v>
       </c>
       <c r="AD55" t="s">
-        <v>302</v>
+        <v>273</v>
       </c>
     </row>
     <row r="56" spans="1:30">
       <c r="A56" s="1">
-        <v>770</v>
+        <v>769</v>
       </c>
       <c r="B56" t="s">
         <v>210</v>
       </c>
       <c r="C56" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="D56" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="E56">
         <v>116</v>
       </c>
-      <c r="N56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O56" t="s">
         <v>222</v>
       </c>
       <c r="S56" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="T56" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="W56">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="X56">
         <v>1</v>
       </c>
       <c r="Y56" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="AD56" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
     </row>
     <row r="57" spans="1:30">
       <c r="A57" s="1">
-        <v>583</v>
+        <v>770</v>
       </c>
       <c r="B57" t="s">
         <v>210</v>
       </c>
       <c r="C57" t="s">
-        <v>308</v>
+        <v>306</v>
       </c>
       <c r="D57" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
       <c r="E57">
         <v>116</v>
       </c>
-      <c r="M57" t="s">
+      <c r="N57" t="s">
+        <v>53</v>
+      </c>
+      <c r="O57" t="s">
+        <v>222</v>
+      </c>
+      <c r="S57" t="s">
+        <v>308</v>
+      </c>
+      <c r="T57" t="s">
+        <v>309</v>
+      </c>
+      <c r="W57">
+        <v>34</v>
+      </c>
+      <c r="X57">
+        <v>1</v>
+      </c>
+      <c r="Y57" t="s">
         <v>310</v>
       </c>
-      <c r="N57" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="AD57" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
     </row>
     <row r="58" spans="1:30">
       <c r="A58" s="1">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="B58" t="s">
         <v>210</v>
       </c>
       <c r="C58" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="D58" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="E58">
         <v>116</v>
       </c>
+      <c r="M58" t="s">
+        <v>313</v>
+      </c>
       <c r="N58" t="s">
         <v>53</v>
       </c>
       <c r="O58" t="s">
-        <v>218</v>
+        <v>314</v>
       </c>
       <c r="S58" t="s">
+        <v>315</v>
+      </c>
+      <c r="T58" t="s">
         <v>316</v>
       </c>
-      <c r="T58" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="W58">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="Z58">
         <v>1</v>
       </c>
       <c r="AD58" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
     </row>
     <row r="59" spans="1:30">
       <c r="A59" s="1">
-        <v>815</v>
+        <v>582</v>
       </c>
       <c r="B59" t="s">
         <v>210</v>
       </c>
       <c r="C59" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="D59" t="s">
-        <v>124</v>
+        <v>318</v>
       </c>
       <c r="E59">
         <v>116</v>
       </c>
-      <c r="G59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N59" t="s">
-        <v>250</v>
+        <v>53</v>
       </c>
       <c r="O59" t="s">
-        <v>250</v>
-[...2 lines deleted...]
-        <v>251</v>
+        <v>218</v>
       </c>
       <c r="S59" t="s">
+        <v>319</v>
+      </c>
+      <c r="T59" t="s">
         <v>320</v>
       </c>
-      <c r="T59" t="s">
+      <c r="V59" t="s">
         <v>321</v>
       </c>
       <c r="W59">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="Z59">
         <v>1</v>
       </c>
       <c r="AD59" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
     </row>
     <row r="60" spans="1:30">
       <c r="A60" s="1">
-        <v>581</v>
+        <v>815</v>
       </c>
       <c r="B60" t="s">
         <v>210</v>
       </c>
       <c r="C60" t="s">
         <v>322</v>
       </c>
       <c r="D60" t="s">
-        <v>309</v>
+        <v>124</v>
       </c>
       <c r="E60">
         <v>116</v>
       </c>
       <c r="G60" t="s">
         <v>125</v>
       </c>
       <c r="N60" t="s">
-        <v>53</v>
+        <v>250</v>
       </c>
       <c r="O60" t="s">
-        <v>213</v>
+        <v>250</v>
+      </c>
+      <c r="P60" t="s">
+        <v>251</v>
       </c>
       <c r="S60" t="s">
         <v>323</v>
       </c>
       <c r="T60" t="s">
         <v>324</v>
       </c>
       <c r="W60">
         <v>10</v>
       </c>
+      <c r="Z60">
+        <v>1</v>
+      </c>
       <c r="AD60" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
     </row>
     <row r="61" spans="1:30">
       <c r="A61" s="1">
-        <v>816</v>
+        <v>581</v>
       </c>
       <c r="B61" t="s">
         <v>210</v>
       </c>
       <c r="C61" t="s">
         <v>325</v>
       </c>
       <c r="D61" t="s">
-        <v>131</v>
+        <v>312</v>
       </c>
       <c r="E61">
         <v>116</v>
       </c>
       <c r="G61" t="s">
         <v>125</v>
       </c>
       <c r="N61" t="s">
         <v>53</v>
       </c>
       <c r="O61" t="s">
         <v>213</v>
       </c>
       <c r="S61" t="s">
         <v>326</v>
       </c>
       <c r="T61" t="s">
         <v>327</v>
       </c>
       <c r="W61">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="AD61" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
     </row>
     <row r="62" spans="1:30">
       <c r="A62" s="1">
-        <v>580</v>
+        <v>816</v>
       </c>
       <c r="B62" t="s">
         <v>210</v>
       </c>
       <c r="C62" t="s">
         <v>328</v>
       </c>
       <c r="D62" t="s">
-        <v>315</v>
+        <v>131</v>
       </c>
       <c r="E62">
         <v>116</v>
       </c>
+      <c r="G62" t="s">
+        <v>125</v>
+      </c>
       <c r="N62" t="s">
         <v>53</v>
       </c>
       <c r="O62" t="s">
-        <v>222</v>
+        <v>213</v>
       </c>
       <c r="S62" t="s">
         <v>329</v>
       </c>
       <c r="T62" t="s">
         <v>330</v>
       </c>
       <c r="W62">
         <v>9</v>
       </c>
-      <c r="Y62" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AD62" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
     </row>
     <row r="63" spans="1:30">
       <c r="A63" s="1">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="B63" t="s">
         <v>210</v>
       </c>
       <c r="C63" t="s">
-        <v>332</v>
+        <v>331</v>
       </c>
       <c r="D63" t="s">
-        <v>309</v>
+        <v>318</v>
       </c>
       <c r="E63">
         <v>116</v>
       </c>
-      <c r="G63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N63" t="s">
         <v>53</v>
       </c>
       <c r="O63" t="s">
-        <v>213</v>
+        <v>222</v>
       </c>
       <c r="S63" t="s">
+        <v>332</v>
+      </c>
+      <c r="T63" t="s">
         <v>333</v>
       </c>
-      <c r="T63" t="s">
+      <c r="W63">
+        <v>9</v>
+      </c>
+      <c r="Y63" t="s">
         <v>334</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
       <c r="Z63">
         <v>1</v>
       </c>
       <c r="AD63" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
     </row>
     <row r="64" spans="1:30">
       <c r="A64" s="1">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="B64" t="s">
         <v>210</v>
       </c>
       <c r="C64" t="s">
         <v>335</v>
       </c>
       <c r="D64" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="E64">
         <v>116</v>
       </c>
+      <c r="G64" t="s">
+        <v>125</v>
+      </c>
       <c r="N64" t="s">
         <v>53</v>
       </c>
       <c r="O64" t="s">
-        <v>222</v>
+        <v>213</v>
       </c>
       <c r="S64" t="s">
         <v>336</v>
       </c>
       <c r="T64" t="s">
         <v>337</v>
       </c>
       <c r="W64">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>338</v>
+        <v>8</v>
       </c>
       <c r="Z64">
         <v>1</v>
       </c>
       <c r="AD64" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
     </row>
     <row r="65" spans="1:30">
       <c r="A65" s="1">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="B65" t="s">
         <v>210</v>
       </c>
       <c r="C65" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="D65" t="s">
-        <v>309</v>
+        <v>318</v>
       </c>
       <c r="E65">
         <v>116</v>
       </c>
       <c r="N65" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="O65" t="s">
-        <v>282</v>
+        <v>222</v>
       </c>
       <c r="S65" t="s">
+        <v>339</v>
+      </c>
+      <c r="T65" t="s">
         <v>340</v>
       </c>
-      <c r="T65" t="s">
+      <c r="W65">
+        <v>7</v>
+      </c>
+      <c r="Y65" t="s">
         <v>341</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
       <c r="Z65">
         <v>1</v>
       </c>
       <c r="AD65" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
     </row>
     <row r="66" spans="1:30">
       <c r="A66" s="1">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="B66" t="s">
         <v>210</v>
       </c>
       <c r="C66" t="s">
         <v>342</v>
       </c>
       <c r="D66" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="E66">
         <v>116</v>
       </c>
-      <c r="M66" t="s">
+      <c r="N66" t="s">
+        <v>43</v>
+      </c>
+      <c r="O66" t="s">
+        <v>285</v>
+      </c>
+      <c r="S66" t="s">
         <v>343</v>
       </c>
-      <c r="N66" t="s">
-[...5 lines deleted...]
-      <c r="S66" t="s">
+      <c r="T66" t="s">
         <v>344</v>
       </c>
-      <c r="T66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W66">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>346</v>
+        <v>6</v>
       </c>
       <c r="Z66">
         <v>1</v>
       </c>
       <c r="AD66" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
     </row>
     <row r="67" spans="1:30">
       <c r="A67" s="1">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="B67" t="s">
         <v>210</v>
       </c>
       <c r="C67" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="D67" t="s">
-        <v>309</v>
+        <v>318</v>
       </c>
       <c r="E67">
         <v>116</v>
       </c>
+      <c r="M67" t="s">
+        <v>346</v>
+      </c>
       <c r="N67" t="s">
+        <v>53</v>
+      </c>
+      <c r="O67" t="s">
+        <v>222</v>
+      </c>
+      <c r="S67" t="s">
+        <v>347</v>
+      </c>
+      <c r="T67" t="s">
         <v>348</v>
       </c>
-      <c r="O67" t="s">
-[...2 lines deleted...]
-      <c r="S67" t="s">
+      <c r="W67">
+        <v>5</v>
+      </c>
+      <c r="Y67" t="s">
         <v>349</v>
-      </c>
-[...7 lines deleted...]
-        <v>4</v>
       </c>
       <c r="Z67">
         <v>1</v>
       </c>
       <c r="AD67" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
     </row>
     <row r="68" spans="1:30">
       <c r="A68" s="1">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="B68" t="s">
         <v>210</v>
       </c>
       <c r="C68" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="D68" t="s">
-        <v>353</v>
+        <v>312</v>
       </c>
       <c r="E68">
         <v>116</v>
       </c>
-      <c r="M68" t="s">
+      <c r="N68" t="s">
+        <v>351</v>
+      </c>
+      <c r="O68" t="s">
+        <v>255</v>
+      </c>
+      <c r="S68" t="s">
+        <v>352</v>
+      </c>
+      <c r="T68" t="s">
+        <v>353</v>
+      </c>
+      <c r="V68" t="s">
         <v>354</v>
       </c>
-      <c r="N68" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="W68">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>357</v>
+        <v>4</v>
       </c>
       <c r="Z68">
         <v>1</v>
       </c>
       <c r="AD68" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
     </row>
     <row r="69" spans="1:30">
       <c r="A69" s="1">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="B69" t="s">
         <v>210</v>
       </c>
       <c r="C69" t="s">
-        <v>358</v>
+        <v>355</v>
       </c>
       <c r="D69" t="s">
-        <v>359</v>
+        <v>356</v>
       </c>
       <c r="E69">
         <v>116</v>
       </c>
+      <c r="M69" t="s">
+        <v>357</v>
+      </c>
       <c r="N69" t="s">
         <v>53</v>
       </c>
       <c r="O69" t="s">
+        <v>265</v>
+      </c>
+      <c r="S69" t="s">
+        <v>358</v>
+      </c>
+      <c r="T69" t="s">
+        <v>359</v>
+      </c>
+      <c r="W69">
+        <v>2</v>
+      </c>
+      <c r="Y69" t="s">
         <v>360</v>
-      </c>
-[...10 lines deleted...]
-        <v>363</v>
       </c>
       <c r="Z69">
         <v>1</v>
       </c>
       <c r="AD69" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
     </row>
     <row r="70" spans="1:30">
       <c r="A70" s="1">
-        <v>599</v>
+        <v>572</v>
+      </c>
+      <c r="B70" t="s">
+        <v>210</v>
       </c>
       <c r="C70" t="s">
+        <v>361</v>
+      </c>
+      <c r="D70" t="s">
+        <v>362</v>
+      </c>
+      <c r="E70">
+        <v>116</v>
+      </c>
+      <c r="N70" t="s">
+        <v>53</v>
+      </c>
+      <c r="O70" t="s">
+        <v>363</v>
+      </c>
+      <c r="S70" t="s">
         <v>364</v>
       </c>
-      <c r="D70" t="s">
-[...5 lines deleted...]
-      <c r="O70" t="s">
+      <c r="T70" t="s">
         <v>365</v>
       </c>
-      <c r="S70" t="s">
+      <c r="W70">
+        <v>1</v>
+      </c>
+      <c r="Y70" t="s">
         <v>366</v>
       </c>
-      <c r="T70" t="s">
-[...6 lines deleted...]
-        <v>28</v>
+      <c r="Z70">
+        <v>1</v>
+      </c>
+      <c r="AD70" t="s">
+        <v>305</v>
       </c>
     </row>
     <row r="71" spans="1:30">
       <c r="A71" s="1">
-        <v>593</v>
+        <v>599</v>
       </c>
       <c r="C71" t="s">
+        <v>367</v>
+      </c>
+      <c r="D71" t="s">
+        <v>217</v>
+      </c>
+      <c r="N71" t="s">
+        <v>53</v>
+      </c>
+      <c r="O71" t="s">
+        <v>368</v>
+      </c>
+      <c r="S71" t="s">
         <v>369</v>
-      </c>
-[...7 lines deleted...]
-        <v>98</v>
       </c>
       <c r="T71" t="s">
         <v>370</v>
       </c>
+      <c r="V71" t="s">
+        <v>371</v>
+      </c>
       <c r="W71">
-        <v>22</v>
+        <v>28</v>
       </c>
     </row>
     <row r="72" spans="1:30">
       <c r="A72" s="1">
-        <v>586</v>
+        <v>593</v>
       </c>
       <c r="C72" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="D72" t="s">
-        <v>270</v>
+        <v>281</v>
       </c>
       <c r="N72" t="s">
-        <v>53</v>
-[...5 lines deleted...]
-        <v>372</v>
+        <v>250</v>
+      </c>
+      <c r="P72" t="s">
+        <v>98</v>
       </c>
       <c r="T72" t="s">
         <v>373</v>
       </c>
-      <c r="V72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W72">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="73" spans="1:30">
       <c r="A73" s="1">
+        <v>586</v>
+      </c>
+      <c r="C73" t="s">
+        <v>374</v>
+      </c>
+      <c r="D73" t="s">
+        <v>270</v>
+      </c>
+      <c r="N73" t="s">
+        <v>53</v>
+      </c>
+      <c r="O73" t="s">
+        <v>218</v>
+      </c>
+      <c r="S73" t="s">
+        <v>375</v>
+      </c>
+      <c r="T73" t="s">
+        <v>376</v>
+      </c>
+      <c r="V73" t="s">
+        <v>377</v>
+      </c>
+      <c r="W73">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="74" spans="1:30">
+      <c r="A74" s="1">
         <v>402</v>
       </c>
-      <c r="B73" t="s">
+      <c r="B74" t="s">
         <v>30</v>
       </c>
-      <c r="C73" t="s">
-[...11 lines deleted...]
-      <c r="O73">
+      <c r="C74" t="s">
+        <v>378</v>
+      </c>
+      <c r="D74" t="s">
+        <v>379</v>
+      </c>
+      <c r="G74" t="s">
+        <v>380</v>
+      </c>
+      <c r="N74" t="s">
+        <v>53</v>
+      </c>
+      <c r="O74">
         <v>66448.27</v>
       </c>
-      <c r="P73" t="s">
+      <c r="P74" t="s">
         <v>206</v>
       </c>
-      <c r="Q73" t="s">
+      <c r="Q74" t="s">
         <v>206</v>
       </c>
-      <c r="R73" t="s">
+      <c r="R74" t="s">
         <v>206</v>
       </c>
-      <c r="S73" t="s">
-[...8 lines deleted...]
-      <c r="W73">
+      <c r="S74" t="s">
+        <v>381</v>
+      </c>
+      <c r="T74" t="s">
+        <v>382</v>
+      </c>
+      <c r="V74" t="s">
+        <v>383</v>
+      </c>
+      <c r="W74">
         <v>9</v>
       </c>
-      <c r="Z73">
+      <c r="Z74">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>