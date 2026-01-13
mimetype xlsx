--- v1 (2025-11-29)
+++ v2 (2026-01-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="384">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="385">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>legislatura</t>
   </si>
   <si>
     <t>nombre_completo</t>
   </si>
   <si>
     <t>cargo</t>
   </si>
   <si>
     <t>grupo_politico_id</t>
   </si>
   <si>
     <t>telefono</t>
   </si>
   <si>
     <t>email</t>
   </si>
   <si>
     <t>facebook</t>
   </si>
   <si>
@@ -914,63 +914,66 @@
   <si>
     <t>&lt;div&gt;Conseller electe del Grup Socialista al Consell de Mallorca&lt;br&gt;Membre suplent de la Comissió de Govern&lt;br&gt;Vocal amb vot de la Comissió Insular d’Ordenació del Territori i Urbanisme&lt;br&gt;Vocal amb vot de la Comissió Insular de Patrimoni Històric&lt;br&gt;Membre suplent de la Comissió Informativa General i de Comptes&lt;br&gt;Vocal amb vot del Consell de Direcció de l’Agència de Defensa del Territori de Mallorca&lt;/div&gt;</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1696416745Joan Ferrer Ripoll.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">Juana María Adrover Moyano </t>
   </si>
   <si>
     <t>&lt;div&gt;Consellera electa del Grup Socialista al Consell de Mallorca&lt;br&gt;Membre titular de la Comissió de Govern&lt;br&gt;Membre suplent de la Comissió Insular d'Ordenació del Territori i Urbanisme&lt;br&gt;Membre suplent de la Comissió Insular de Patrimoni Històric&lt;br&gt;Membre titular de la Comissió Informativa General i de Comptes&lt;br&gt;Membre suplent del Consell de Direcció de l'Agència de Defensa del Territori de Mallorca&lt;/div&gt;</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1696416869Juana Maria Adrover Moyano.pdf</t>
   </si>
   <si>
     <t>&lt;div&gt;Membre titular de la Comissió de Govern&lt;br&gt;Vocal amb vot de la Comissió Insular d’Ordenació del Territori i Urbanisme&lt;br&gt;Membre titular de la Comissió Informativa General i de Comptes&lt;br&gt;Membre titular de la Comissió de Transparència&lt;/div&gt;</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1696416549Catalina Cladera Crespi.pdf</t>
   </si>
   <si>
     <t>Portaveu titular del Grup Socialista al Consell de Mallorca</t>
   </si>
   <si>
-    <t xml:space="preserve">José Marcial Rodríguez Díaz </t>
+    <t>Guillem Ginard Sala</t>
   </si>
   <si>
     <t>Conseller executiu de Turisme</t>
   </si>
   <si>
-    <t>&lt;div&gt;Conseller executiu de Turisme&lt;/div&gt;</t>
-[...5 lines deleted...]
-    <t>https://outlook.office365.com/owa/calendar/88acf5c4e5154072a37c1b1b6bd8fd65@conselldemallorca.net/18546660d7e2421290d39633c15c04fd7403218789443819878/calendar.html</t>
+    <t>departament.turisme@conselldemallorca.net</t>
+  </si>
+  <si>
+    <t>73.229,16 €</t>
+  </si>
+  <si>
+    <t>&lt;div&gt;&lt;strong&gt;Conseller executiu de Turisme&lt;/strong&gt;&lt;/div&gt;</t>
+  </si>
+  <si>
+    <t>https://transparencia.conselldemallorca.cat/storage/uploads/1768221727Curriculum vitae.pdf</t>
   </si>
   <si>
     <t>Grup Partit Popular</t>
   </si>
   <si>
     <t>Fernando Rubio Aguiló</t>
   </si>
   <si>
     <t>Conseller executiu de Territori, Mobilitat i Infraestructures</t>
   </si>
   <si>
     <t>&lt;div&gt;Conseller executiu de Territori, Mobilitat i Infraestructures&lt;br&gt;President de l'Agència de Defensa del Territori de Mallorca&lt;br&gt;President de la Comissió Insular d’Ordenació del Territori i Urbanisme&lt;br&gt;President del Consell de Direcció de l’Agència de Defensa del Territori de Mallorca&lt;/div&gt;</t>
   </si>
   <si>
     <t>https://transparencia.conselldemallorca.cat/storage/uploads/1697539723Curriculum vitae Fernando.pdf</t>
   </si>
   <si>
     <t>https://outlook.office365.com/owa/calendar/da6339ddc52b4697bc79480bfc0f3ea5@conselldemallorca.net/13d87b22c33e4a728824d894116b3e025579028078591248661/calendar.html</t>
   </si>
   <si>
     <t>María Magdalena García Gual</t>
   </si>
   <si>
     <t>Consellera electa del grup Partit Popular</t>
   </si>
@@ -4031,780 +4034,783 @@
       </c>
       <c r="N55" t="s">
         <v>53</v>
       </c>
       <c r="O55" t="s">
         <v>222</v>
       </c>
       <c r="S55" t="s">
         <v>297</v>
       </c>
       <c r="T55" t="s">
         <v>298</v>
       </c>
       <c r="V55" t="s">
         <v>299</v>
       </c>
       <c r="W55">
         <v>14</v>
       </c>
       <c r="AD55" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="56" spans="1:30">
       <c r="A56" s="1">
-        <v>769</v>
+        <v>1242</v>
       </c>
       <c r="B56" t="s">
         <v>210</v>
       </c>
       <c r="C56" t="s">
         <v>300</v>
       </c>
       <c r="D56" t="s">
         <v>301</v>
       </c>
       <c r="E56">
         <v>116</v>
       </c>
+      <c r="G56" t="s">
+        <v>302</v>
+      </c>
+      <c r="N56" t="s">
+        <v>53</v>
+      </c>
       <c r="O56" t="s">
-        <v>222</v>
+        <v>303</v>
       </c>
       <c r="S56" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="T56" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="W56">
         <v>35</v>
       </c>
       <c r="X56">
         <v>1</v>
       </c>
-      <c r="Y56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AD56" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
     </row>
     <row r="57" spans="1:30">
       <c r="A57" s="1">
         <v>770</v>
       </c>
       <c r="B57" t="s">
         <v>210</v>
       </c>
       <c r="C57" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="D57" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="E57">
         <v>116</v>
       </c>
       <c r="N57" t="s">
         <v>53</v>
       </c>
       <c r="O57" t="s">
         <v>222</v>
       </c>
       <c r="S57" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="T57" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="W57">
         <v>34</v>
       </c>
       <c r="X57">
         <v>1</v>
       </c>
       <c r="Y57" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="AD57" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
     </row>
     <row r="58" spans="1:30">
       <c r="A58" s="1">
         <v>583</v>
       </c>
       <c r="B58" t="s">
         <v>210</v>
       </c>
       <c r="C58" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D58" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="E58">
         <v>116</v>
       </c>
       <c r="M58" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="N58" t="s">
         <v>53</v>
       </c>
       <c r="O58" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="S58" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="T58" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="W58">
         <v>12</v>
       </c>
       <c r="Z58">
         <v>1</v>
       </c>
       <c r="AD58" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
     </row>
     <row r="59" spans="1:30">
       <c r="A59" s="1">
         <v>582</v>
       </c>
       <c r="B59" t="s">
         <v>210</v>
       </c>
       <c r="C59" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="D59" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="E59">
         <v>116</v>
       </c>
       <c r="N59" t="s">
         <v>53</v>
       </c>
       <c r="O59" t="s">
         <v>218</v>
       </c>
       <c r="S59" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="T59" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="V59" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="W59">
         <v>11</v>
       </c>
       <c r="Z59">
         <v>1</v>
       </c>
       <c r="AD59" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
     </row>
     <row r="60" spans="1:30">
       <c r="A60" s="1">
         <v>815</v>
       </c>
       <c r="B60" t="s">
         <v>210</v>
       </c>
       <c r="C60" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="D60" t="s">
         <v>124</v>
       </c>
       <c r="E60">
         <v>116</v>
       </c>
       <c r="G60" t="s">
         <v>125</v>
       </c>
       <c r="N60" t="s">
         <v>250</v>
       </c>
       <c r="O60" t="s">
         <v>250</v>
       </c>
       <c r="P60" t="s">
         <v>251</v>
       </c>
       <c r="S60" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="T60" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="W60">
         <v>10</v>
       </c>
       <c r="Z60">
         <v>1</v>
       </c>
       <c r="AD60" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
     </row>
     <row r="61" spans="1:30">
       <c r="A61" s="1">
         <v>581</v>
       </c>
       <c r="B61" t="s">
         <v>210</v>
       </c>
       <c r="C61" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D61" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="E61">
         <v>116</v>
       </c>
       <c r="G61" t="s">
         <v>125</v>
       </c>
       <c r="N61" t="s">
         <v>53</v>
       </c>
       <c r="O61" t="s">
         <v>213</v>
       </c>
       <c r="S61" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="T61" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="W61">
         <v>10</v>
       </c>
       <c r="AD61" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
     </row>
     <row r="62" spans="1:30">
       <c r="A62" s="1">
         <v>816</v>
       </c>
       <c r="B62" t="s">
         <v>210</v>
       </c>
       <c r="C62" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="D62" t="s">
         <v>131</v>
       </c>
       <c r="E62">
         <v>116</v>
       </c>
       <c r="G62" t="s">
         <v>125</v>
       </c>
       <c r="N62" t="s">
         <v>53</v>
       </c>
       <c r="O62" t="s">
         <v>213</v>
       </c>
       <c r="S62" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="T62" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="W62">
         <v>9</v>
       </c>
       <c r="AD62" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
     </row>
     <row r="63" spans="1:30">
       <c r="A63" s="1">
         <v>580</v>
       </c>
       <c r="B63" t="s">
         <v>210</v>
       </c>
       <c r="C63" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="D63" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="E63">
         <v>116</v>
       </c>
       <c r="N63" t="s">
         <v>53</v>
       </c>
       <c r="O63" t="s">
         <v>222</v>
       </c>
       <c r="S63" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="T63" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="W63">
         <v>9</v>
       </c>
       <c r="Y63" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="Z63">
         <v>1</v>
       </c>
       <c r="AD63" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
     </row>
     <row r="64" spans="1:30">
       <c r="A64" s="1">
         <v>579</v>
       </c>
       <c r="B64" t="s">
         <v>210</v>
       </c>
       <c r="C64" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="D64" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="E64">
         <v>116</v>
       </c>
       <c r="G64" t="s">
         <v>125</v>
       </c>
       <c r="N64" t="s">
         <v>53</v>
       </c>
       <c r="O64" t="s">
         <v>213</v>
       </c>
       <c r="S64" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="T64" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="W64">
         <v>8</v>
       </c>
       <c r="Z64">
         <v>1</v>
       </c>
       <c r="AD64" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
     </row>
     <row r="65" spans="1:30">
       <c r="A65" s="1">
         <v>578</v>
       </c>
       <c r="B65" t="s">
         <v>210</v>
       </c>
       <c r="C65" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="D65" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="E65">
         <v>116</v>
       </c>
       <c r="N65" t="s">
         <v>53</v>
       </c>
       <c r="O65" t="s">
         <v>222</v>
       </c>
       <c r="S65" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="T65" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="W65">
         <v>7</v>
       </c>
       <c r="Y65" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="Z65">
         <v>1</v>
       </c>
       <c r="AD65" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
     </row>
     <row r="66" spans="1:30">
       <c r="A66" s="1">
         <v>577</v>
       </c>
       <c r="B66" t="s">
         <v>210</v>
       </c>
       <c r="C66" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="D66" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="E66">
         <v>116</v>
       </c>
       <c r="N66" t="s">
         <v>43</v>
       </c>
       <c r="O66" t="s">
         <v>285</v>
       </c>
       <c r="S66" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="T66" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="W66">
         <v>6</v>
       </c>
       <c r="Z66">
         <v>1</v>
       </c>
       <c r="AD66" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
     </row>
     <row r="67" spans="1:30">
       <c r="A67" s="1">
         <v>576</v>
       </c>
       <c r="B67" t="s">
         <v>210</v>
       </c>
       <c r="C67" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D67" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="E67">
         <v>116</v>
       </c>
       <c r="M67" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="N67" t="s">
         <v>53</v>
       </c>
       <c r="O67" t="s">
         <v>222</v>
       </c>
       <c r="S67" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="T67" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="W67">
         <v>5</v>
       </c>
       <c r="Y67" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="Z67">
         <v>1</v>
       </c>
       <c r="AD67" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
     </row>
     <row r="68" spans="1:30">
       <c r="A68" s="1">
         <v>575</v>
       </c>
       <c r="B68" t="s">
         <v>210</v>
       </c>
       <c r="C68" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="D68" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="E68">
         <v>116</v>
       </c>
       <c r="N68" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="O68" t="s">
         <v>255</v>
       </c>
       <c r="S68" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="T68" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="V68" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="W68">
         <v>4</v>
       </c>
       <c r="Z68">
         <v>1</v>
       </c>
       <c r="AD68" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
     </row>
     <row r="69" spans="1:30">
       <c r="A69" s="1">
         <v>573</v>
       </c>
       <c r="B69" t="s">
         <v>210</v>
       </c>
       <c r="C69" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="D69" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="E69">
         <v>116</v>
       </c>
       <c r="M69" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="N69" t="s">
         <v>53</v>
       </c>
       <c r="O69" t="s">
         <v>265</v>
       </c>
       <c r="S69" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="T69" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="W69">
         <v>2</v>
       </c>
       <c r="Y69" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="Z69">
         <v>1</v>
       </c>
       <c r="AD69" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
     </row>
     <row r="70" spans="1:30">
       <c r="A70" s="1">
         <v>572</v>
       </c>
       <c r="B70" t="s">
         <v>210</v>
       </c>
       <c r="C70" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="D70" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="E70">
         <v>116</v>
       </c>
       <c r="N70" t="s">
         <v>53</v>
       </c>
       <c r="O70" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="S70" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="T70" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="W70">
         <v>1</v>
       </c>
       <c r="Y70" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="Z70">
         <v>1</v>
       </c>
       <c r="AD70" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
     </row>
     <row r="71" spans="1:30">
       <c r="A71" s="1">
         <v>599</v>
       </c>
       <c r="C71" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="D71" t="s">
         <v>217</v>
       </c>
       <c r="N71" t="s">
         <v>53</v>
       </c>
       <c r="O71" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="S71" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="T71" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="V71" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="W71">
         <v>28</v>
       </c>
     </row>
     <row r="72" spans="1:30">
       <c r="A72" s="1">
         <v>593</v>
       </c>
       <c r="C72" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="D72" t="s">
         <v>281</v>
       </c>
       <c r="N72" t="s">
         <v>250</v>
       </c>
       <c r="P72" t="s">
         <v>98</v>
       </c>
       <c r="T72" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="W72">
         <v>22</v>
       </c>
     </row>
     <row r="73" spans="1:30">
       <c r="A73" s="1">
         <v>586</v>
       </c>
       <c r="C73" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="D73" t="s">
         <v>270</v>
       </c>
       <c r="N73" t="s">
         <v>53</v>
       </c>
       <c r="O73" t="s">
         <v>218</v>
       </c>
       <c r="S73" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="T73" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="V73" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="W73">
         <v>15</v>
       </c>
     </row>
     <row r="74" spans="1:30">
       <c r="A74" s="1">
         <v>402</v>
       </c>
       <c r="B74" t="s">
         <v>30</v>
       </c>
       <c r="C74" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="D74" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="G74" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="N74" t="s">
         <v>53</v>
       </c>
       <c r="O74">
         <v>66448.27</v>
       </c>
       <c r="P74" t="s">
         <v>206</v>
       </c>
       <c r="Q74" t="s">
         <v>206</v>
       </c>
       <c r="R74" t="s">
         <v>206</v>
       </c>
       <c r="S74" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="T74" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="V74" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="W74">
         <v>9</v>
       </c>
       <c r="Z74">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>